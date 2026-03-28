--- v0 (2026-02-05)
+++ v1 (2026-03-28)
@@ -54,193 +54,193 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>FRANCISCO SANTIAGO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2014 AO PROJETO DE LEI Nº 081/2014.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 010/2015._x000D_
 O ART. 6º DO PROJETO DE LEI Nº 010/2015, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 ART. 6º - NENHUM VEÍCULO A SER UTILIZADO NO CUMPRIMENTO DO CONTRATO PODERÁ TER MAIS DE 06 (SEIS) ANOS DE FABRICAÇÃO.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>FRANCISCO SANTIAGO, CAYO CASAGRANDE</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2015 AO PROJETO DE LEI Nº 010/2015._x000D_
 O ART. 26 E II DO ART. 27 DO PROJETO DE LEI Nº 010/2015, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 ART. 26 A TARIFA DO SERVIÇO PÚBLICO OUTORGADO SERÁ FIXADO PELO PODER EXECUTIVO, MEDIANTE DECRETO, COM BASE NO ESTUDO DE VIABILIDADE TÉCNICA E ECONÔMICA, RESPEITANDO O LIMITE DO § 1º DO ART. 10, E SERÁ CORRIGIDA ANUALMENTE PELO IGPM, OU POR OUTRO ÍNDICE OFICIAL QUE EVENTUALMENTE O SUBSTITUA._x000D_
 ART. 27 (...)_x000D_
 II - IGUAL OU MAIOR DE 60 ANOS.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Elizeu, AILTON BRANDÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 001/2015 AO PROJETO DE LEI Nº 010/2015_x000D_
 FICAM SUPRIMIDOS O § 2º DO ART. 2º, ART. 4º, ART. 8º E § 2º DO ART. 12 DO PROJETO DE LEI Nº 010/2015.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>AILTON BRANDÃO, ALEX DA IRRIGAÇÃO, LENA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 032/2015._x000D_
 O ART. 1º DO PROJETO DE LEI Nº 032/2015, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 ART. 1º FICA O CHEFE DO PODER EXECUTIVO MUNICIPAL AUTORIZADO A ABRIR CRÉDITO ADICIONAL ESPECIAL EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE NO VALO DE R$ 70.000,00 (SETENTA MIL REAIS), OBJETIVANDO A INSERÇÃO DE DOTAÇÃO ORÇAMENTÁRIA PARA AQUISIÇÃO DE IMÓVEL LOCALIZADO NO CÓRREGO VARGEM GRANDE, MEDINDO 18,00 M DE FRENTE E FUNDOS, POR 18,00 M DE EXTENSÃO NAS LATERAIS, PERFAZENDO UMA ÁREA DE 324,00 M² (TREZENTOS E VINTE E QUATRO METROS QUADRADOS), CONFRONTANDO-SE POR SEUS DIVERSOS LADOS, FRENTE, COM UMA ESTRADA DE RODAGEM; LADO DIREITO, COM EDIVALDO GUZZO; E, DO LADO ESQUERDO E FUNDOS, COM ANTÔNIO LOUREIRO, EXISTINDO SOBRE A ÁREA 01 (UMA) CASA RESIDENCIAL DE ALVENARIA, COM OITO CÔMODOS, PISOS CERÂMICA, COBERTO DE TELHAS, PROVIDA DE ÁGUA E ENERGIA, PARA A INSTALAÇÃO DE UMA UNIDADE DE SERVIÇOS DE SAÚDE NA COMUNIDADE VARGEM GRANDE.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 034/2015._x000D_
 O ART. 1º DO PROJETO DE LEI Nº 034/2015, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 ART. 1º O ART. 5º DA LEI Nº 003, DE 04 DE MARÇO DE 1983, ALTERADA PELA LEI Nº 1065, DE 22 DE MAIO DE 2013, PASSA A VIGORAR ACRESCIDO DO SEGUINTE INCISO:_x000D_
 "ART. 5º (...)_x000D_
 IX - DE TRANSFERÊNCIAS FINANCEIRAS CONCEDIDAS PELO MUNICÍPIO PARA APOIO AO DESENVOLVIMENTO DE SUAS ATIVIDADES FINS, MEDIANTE PROCESSO ADMINISTRATIVO, SENDO QUE TODO E QUALQUER FORMA DE REPASSE DEVERÁ PROCEDER DE AUTORIZAÇÃO LEGISLATIVA.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Elizeu, PAULO JOSE ZANELATO, Preto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015, AO PROJETO DE LEI Nº 035/2015._x000D_
 O ART. 1º DO PROJETO DE LEI Nº 019/2014 PASSA A TER A SEGUINTE REDAÇÃO:_x000D_
 O ART. 5º DA LEI Nº 1.213, DE 19 DE DEZEMBRO DE 2014, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 "ART. 5º FICAM AINDA AUTORIZADOS A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES ATÉ O LIMITE DE 40% (QUARENTA POR CENTO)DO TOTAL DA DESPESA AUTORIZADA EM SEUS RESPECTIVOS ORÇAMENTOS, PARA REFORÇO DE DOTAÇÕES ORÇAMENTÁRIAS, CONSIDERANDO-SE RECURSOS DISPONÍVEIS PARA TAL, OS DEFINIDOS NO § 1º, DO ART. 43, DA LEI 4.320/64 (ART. 108, I, DA LEI ORGÂNICA CC COM AS DISPOSIÇÕES DO ART. 55, INCISO I E § 4º, DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2015.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Elizeu</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2015 AO PROJETO DE LEI Nº 054/2015_x000D_
 I - INCLUSÕES NA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA:_x000D_
 070 - SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA_x000D_
 071 - GERÊNCIA TÉCNICO-PEDAGÓGICA_x000D_
 070074.1339200542.XXX - REALIZAÇÃO DE EVENTO CULTURAL "CANTA JAGUARÉ"_x000D_
 TOTAL: 20.000,00_x000D_
 _x000D_
 II - INDICAÇÃO DOS RECURSOS:_x000D_
 010 - GABINETE DO PREFEITO_x000D_
 001 - SECRETARIA MUNICIPAL DE GABINETE_x000D_
 010003.0412200272.002 - DIVULGAÇÃO DOS ATOS E FATOS DA ADMINISTRAÇÃO_x000D_
 33903900000 - OUTROS SERVIÇOS DE TERCEIROS - PESSOA JURÍDICA_x000D_
 TOTAL:20.000,00</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PEDRO  DRAGO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 054/2015._x000D_
 I A- INCLUSÕES:_x000D_
 060 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 0600.69.1030100-431.030 - AQUISIÇÃO DE VEÍCULOS SAUTOMOTORES_x000D_
 VALOR: 200.000,00_x000D_
 TOTAL: 200.000,00_x000D_
 _x000D_
 II - INDICAÇÃO DOS RECURSOS:_x000D_
 OS RECURSOS ADVIRÃO DAS SEGUINTES DOTAÇÕES ORÇAMENTÁRIAS:_x000D_
 060 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ -FUNDO MUNICIPAL DE SAÚDE_x000D_
 060069.1030100431.007 - OBRAS E SERVIÇOS DE ENGENHARIA_x000D_
 VALOR: 200.000,00_x000D_
 TOTAL: 200.000,00_x000D_
 _x000D_
 I B - INCLUSÕES:_x000D_
 060 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 060069.1030100431.007 - OBRAS E SERVIÇOS DE ENGENHARIA_x000D_
 VALOR: 410.000,00_x000D_
 TOTAL: 410.000,00_x000D_
 _x000D_
@@ -248,1927 +248,1927 @@
 OS RECURSOS ADVIRÃO DAS SEGUINTES DOTAÇÕES ORÇAMENTÁRIAS:_x000D_
 060 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 060069.1030100432.029 - MANUTENÇÃO E DESENVOLVIMENTO DE SERVIÇOS DE ATENDIMENTO MÉDICO-AMBULATORIAL_x000D_
 VALOR: 137.000,00_x000D_
 _x000D_
 060 - PMJ - FUNFO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 060069.1030100442.030 - MANUTENÇÃO E DESENVOLVIMENTO DE SERVIÇOS EM ESTRATÉGIAS DE SAÚDE À FAMÍLIA - ESF_x000D_
 VALOR: 135.000,00_x000D_
 _x000D_
 060 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 069 - PMJ - FUNDO MUNICIPAL DE SAÚDE_x000D_
 060069.1030200462.032 - MANUTENÇÃO E DESENVOLVIMENTO DE SERVIÇOS DE SAÚDE DE MÉDIA E ALTA COMPLEXIDADE._x000D_
 VALOR: 138.000,00_x000D_
 _x000D_
 TOTAL: 410.000,00</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ART. 5º DO PROJETO DE LEI Nº 054/2015 PASSA A TER A SEGUINTE REDAÇÃO:_x000D_
 "ART. 5º - FICAM OS PODERES EXECUTIVO E LEGISLATIVO AUTORIZADOS A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES NOS TERMOS DO QUE DISPÕE A LEI FEDERAL Nº 4.320 DE 17 DE MARÇO DE 1964 PARA A ADMINISTRAÇÃO DIRETA, INDIRETA E SEUS FUNDOS MUNICIPAIS ATÉ O LIMITE DE 25% (VINTE E CINCO POR CENTO) DO TOTAL DA DESPESA FIXADA EM SEUS RESPECTIVOS ORÇAMENTOS PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MILTON, PEDRO  DRAGO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 006/2015._x000D_
 ART. 1º O ART. 5º DA LEI Nº 1.213, DE 19 DE DEZEMBRO DE 2014, PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 "ART. 5º FICAM AINDA AUTORIZADOS A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES ATÉ O LIMITE DE 25% (VINTE E CINCO POR CENTO) DO TOTAL DA DESPESA AUTORIZADA EM SEUS RESPECTIVOS ORÇAMENTOS, PARA REFORÇO DE DOTAÇÕES ORÇAMENTÁRIAS, CONSIDERANDO-SE RECURSOS DISPONÍVEIS PARA TAL, OS DEFINIDOS NO § 1º, DO ART. 43, DA LEI 4.320/64 (ART. 108, I, DA LEI ORGÂNICA CC. COM AS DISPOSIÇÕES DO ART. 55, INCISO I E § 4º, DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2015."</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ALEX DA IRRIGAÇÃO, CAYO CASAGRANDE, FRANCISCO SANTIAGO, LENA, PEDRO  DRAGO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2015 AO PROJETO DE LEI Nº 024/2015_x000D_
 ADICIONA AO PROJETO DE LEI Nº 24/2015:_x000D_
 ART. 2º CADA CRÉDITO DEVERÁ SER AUTORIZADO POR LEI ESPECÍFICA, INDICANDO O CÓDIGO DE ESPECIFICAÇÃO DAS FONTES/DESTINAÇÃO DE RECURSOS._x000D_
 ART. 3º ESTA LEI ENTRA EM VIGOR NA DATA DE SUA PUBLICAÇÃO.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CAYO CASAGRANDE</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 002/2015 DO LEGISLATIVO._x000D_
 O ART. 2º DO PROJETO DE LEI Nº 002/2015 PASSA A TER A SEGUINTE REDAÇÃO_x000D_
 ART. 2º - FICAM CRIADOS 02 (DOIS) CARGOS DE PROVIMENTO EM COMISSÃO SENDO 01 (UM) CARGO DE ASSESSOR DE APOIO ADMINISTRATIVO; 01 (UM) CARGO DE DIRETOR DE SUPORTE LEGISLATIVO, INCLUÍDOS NO GABINETE DA PRESIDÊNCIA, ESTANDO SUBORDINADOS DIRETAMENTE AO CHEFE DO PODER LEGISLATIVO MUNICIPAL OU A QUEM ELE DETERMINAR, COM PADRÕES DE VENCIMENTOS INDICADOS NO ANEXO I.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>O ART. 1° DO PROJETO DO LEI Nº 064/2015 PASSA A TER A SEGUINTE REDAÇÃO:_x000D_
 ART. 1º O CAPUT DO ART. 99 DA LEI Nº 683/2006 PASSA A VIGORAR COM_x000D_
 A SEGUINTE REDAÇÃO:_x000D_
 ART. 99. AO SERVIDOR INTEGRANTE DE COMISSÃO DO SINDICÂNCIA, DO_x000D_
 PROCESSO ADMINISTRATIVO DISCIPLINAR OU OUTRA QUE EXIJA REGIME ESPECIAL DE TRABALHO, SERÁ CONCEDIDA GRATIFICAÇÃO NO VALOR DO 30%_x000D_
 (TRINTA POR CENTO) SOBRE O VENCIMENTO DO SERVIDOR, EM SE TRATANDO_x000D_
 DO CARGO EFETIVO, E 20% (VINTE POR CENTO) SOBRE O VENCIMENTO DO_x000D_
 SERVIDOR, EM SE TRATANDO DE CARGO EM COMISSÃO OU CONTRATADO_x000D_
 TEMPORARIARNENTE.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MILTON</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR CONSTRUÇÃO OU REFORMA DO ABRIGO DE ÔNIBUS NA COMUNIDADE DE BARRA SECA, ÀS MARGENS DA BR 101, MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>ALEX DA IRRIGAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REESTRUTURAÇÃO DAS LINHAS DE ÔNIBUS DOO MUNICÍPIO, DANDO ENFASE AOS BAIRROS NOVO TEMPO E NOVA ESPERANÇA._x000D_
 II - ORGANIZAR AS LINHAS NOTURNAS PRINCIPALMNETE AS QUE LIGAM JAGUARÉ X AGUA LIMPA, NOTADAMENTE NOS PERÍODOS NOTURNOS.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS A COMUNIDADE SÃO JOÃO BOSCO:_x000D_
 I - AMPLIAÇÃO DO CEMITÉRIO;_x000D_
 II - CALÇAMENTO DAS RUAS DA COMUNIDADE;_x000D_
 III - CONSTRUÇÃO DE UMA PRAÇA NA SEDE DA COMUNIDADE;_x000D_
 IV - RECONSTRUÇÃO DO MURO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>I -BUSCAR ESFORÇOS JUNTO AO GOVERNO DO ESTADO PARA CONSTRUÇÃO E PAVIMENTAÇÃO DO TRECHO À PARTIR DA LOCALIDADE BARROQUINHA À COMUNIDADE SÃO JOÃO BOSCO, DENTRO DO PROGRAMA "CAMINHOS DO CAMPO".</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE UMA CRECHE NA COMUNIDADE SÃO JOÃO BOSCO._x000D_
 II - AMPLIAÇÃO DO CEMITÉRIO E REFORMA DO MURO ATUAL NA COMUNIDADE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORIAS NOS EQUIPAMENTOS E ATENDIMENTO MÉDICO NA UNIDADE DE SAÚDE DA COMUNIDADE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR CONSTRUÇÃO GALERIA PLUVIAL NA RUA ANGELO MORELO, NAS ADJACÊNCIAS DO Nº 177, CENTRO.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR LIMPEZA A CAPINA DAS MARGENS DA RODOVIA QUE LIGA A SEDE DO MUNICÍPIO A COMUNIDADE DO JIRAU.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - IMPLANTAÇÃO E REGULARIZAÇÃO DE QUEBRA-MOLAS EM TODAS AS RUAS DA COMUNIDADE DO PALMITO.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CALÇAMENTO DA RUA OLINDA MARTINS, BAIRRO TREVISAN;_x000D_
 II - CONSTRUÇÃO DE PRAÇA NO BAIRRO TREVISAN EM AREA JÁ DESTINADA, BEM COMO URGENTE LIMPEZA DA MESMA ATÉ EFETIVA.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE UMA ROTATÓRIA NA COMUNIDADE DE NOSSA SENHORA DE FÁTIMA (ENTRE O BECO E A SEDE), COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR MANUTENÇÃO DOS BUEIROS CENTRAIS DAS RUAS DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REFORMA NA "EMEF BARRA SECA"</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MANUTENÇÃO DOS ABRIGOS DOS PONTOS DOS ONIBUS DO MUNICÍPIO, PRINCIPALMENTE AQUELA QUE DÁ ACESSO AO CÓRREGO DO DÉVES (FAZENDA COOPERSANTO) NA RODOVIA PEDRO JOSÉ ALTOÉ (FÁTIMA).</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/867/867_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MANUTENÇÃO DAS RIAS DAS COMUNIDADE DE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - BUSQUE ESFORÇOS PARA A ILUMINAÇÃO DA PRAÇA DA IGREJA CATÓLICA DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA EM ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PODA DAS ÁRVORES DA PRAÇA DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE UM CENTRO DE CONVIVÊNCIA EM ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CALÇAMENTO E ILUMINAÇÃO DA RUA DO CEMITÉRIO DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - ABERTURA DA RUA PRINCIPAL DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PODA DAS ARVORES AO ENTORNO DO CAMPO DO JIRAU.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PODA DAS ARVORES NA RUA MARILÂNDIA NO BAIRRO NOVO HORIZONTE PRÓXIMO AOS CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORA NA COLETA DE LIXOS E RETIRADA DE ENTULHOS NO MUNICÍPIO, EM ESPECIAL NO BAIRRO NOVO TEMPO E BAIRRO SEAC;_x000D_
 II - MAIOR FISCALIZAÇÃO NA OBRA DE PAVIMENTAÇÃO DAS RUAS DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORIA NA QUALIDADE DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - BUSCAR REFORÇA DA SINALIZAÇÃO DA RODOVIA DOM JOSÉ DALVIT.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORA NO ATENDIMENTO DO PRONTO SOCORRO "UMI";_x000D_
 II - MANUTENÇÃO DAS AMBULÂNCIAS DO MUNICÍPIO;_x000D_
 III - RREVISÃO E/OU MELHORA DOS VENCIMENTOS DOS PROFISSIONAIS DA SAÚDE.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA CONSTANTE CASAGRANDE (BAIRRO IRMÃ TEREZA ALTOÉ), PRÓXIMO AO ESTÁDIO CONILON.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CALÇAMENTO DE PARTE DA RUA CONSTANTE CASAGRANDE, TRECHO LOCALIZADO EM FRENTE DO ESTÁDIO CONILON E RUAS ADJACENTES.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - BUSCAR JUNTO AO DETRAN/ES, SINALIZAÇÃO DE TRANSITO E INSTALAÇÃO DE REDUTOR DE VELOCIDADE POR TODA EXTENSÃO DA AVENIDA NOVE DE AGOSTO.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - DISPONIBILIZAR MAIS UMA RECEPCIONISTA PARA O "AMA".</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REPAROS NA CALÇAMENTO E INSTALAÇÃO DE POSTE NA RUA DO VELUDO EM ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO/INSTALAÇÃO DE ALAMBRADO NA ESCOLA PLURIDOCENTE MUNICIPAL "SÃO SEBASTIÃO ZANELATO".</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - DISPONIBILIZAR ATENÇÃO ESPECIAL AOS MORADORES COM RESIDÊNCIAS EM SITUAÇÃO DE RISCO NA COMUNIDADE SÃO JOÃO BOSCO;_x000D_
 II - LEVAR ENERGIA ELÉTRICA PARA AS RESIDÊNCIAS NA COMUNIDADE SÃO JOÃO BOSCO;_x000D_
 III - DISPONIBILIZAR  MELHORAMENTO NO FORTALECIMENTO DE ÁGUA PORTÁVEL NA COMUNIDADE SÃO JOÃO BOSCO;_x000D_
 IV - DISPONIBILIZAR DISTRIBUIÇÃO DE MATERIAL DE CONSTRUÇÃO AS FAMÍLIAS CARENTES DA COMUNIDADE SÃO JOÃO BOSCO;_x000D_
 V - MELHORAMENTO DAS RUAS DA COMUNIDADE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - DISPONIBILIZAR REPAROS  NA RUA DANIEL MENDES DE JESUS NA COMUNIDADE DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - DISPONIBILIZAR CONSTRUÇÃO DE UMA PRAÇA DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REGULARIZAR ABASTECIMENTO DE ÁGUA NA COMUNIDADE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORIA NAS ESTRADAS DA REGIÃO DA COMUNIDADE SÃO JOÃO BOSCO, COMUNIDADE CÓRREGO DEZESSEIS E COMUNIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - ATENDIMENTO COM MÁQUINAS AGRÍCOLAS AOS PRODUTORES RURAIS DA COMUNIDADE SANTO ANJO.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - APRESENTAÇÃO DE PROJETO DE LEI PELO PODER EXECUTIVO MUNICIPAL PARA AMPLIAR PRAZO DE VALIDADE DO ALVARÁ DE FUNCIONAMENTO DOS ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REGULARIZAÇÃO FUNDIÁRIA SEM CUSTO PARA OS MUNÍCIPES DE BAIXA RENDA, M ESPECIAL OS MORADORES DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - RETIRADA DE ACÚMULO DE LIXO E ENTULHOS NA SEDE DA CIDADE DANDO CARÁTER ESPECIAL AO BAIRRO NOVO TEMPO;_x000D_
 II - CONSTRUÇÃO DE CALÇADA CIDADÃO NAS RUAS DO BAIRRO NOVO TEMPO;_x000D_
 III - PROVIDENCIAR AS MEDIDAS NECESSÁRIAS JUNTO AOS CORREIOS COM RELAÇÃO ÀS EFETIVAS ENTREGAS DE CORRESPONDÊNCIAS NO BAIRRO NOVO TEMPO;_x000D_
 IV -  SOLICITAR AO ÓRGÃO, EMPRESA, OU DIRETAMENTE COM CONCESSIONÁRIA A RETIRADA DAS REDES DE ALTA TENSÃO QUE ESTÃO INSTALADAS ACIMA DAS RESIDÊNCIAS DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS DE JAGUARÉ-ES E FIXAÇÃO DE DATA BASE.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REITERAR A INDICAÇÃO Nº 032/2015;_x000D_
 II - REITERAR A INDICAÇÃO Nº 034/2014;_x000D_
 III - BUSCAR JUNTO AO DETRAN/ES, PROVIDÊNCIAS SOBRE O TRAFEGO NAS PROXIMIDADES DO ACESSO A ENTRADA DE ÁGUA LIMPA ATÉ O ACESSO AO TREVO DA BR 101, E VICE VERSA.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PLACA DE IDENTIFICAÇÃO DO "AMA".</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE DOIS QUEBRAS-MOLAS NA RUA CONSTANTE CASAGRANDE - BAIRRO IRMÃ TEREZA.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>PEDRO  DRAGO, ALEX DA IRRIGAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CALÇAMENTO DA RUA ALPHEU SOSSAI (CENTRO MUNICÍPIO ATÉ O FINAL DO BAIRRO LAQUINI).</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - REGULARIZAÇÃO/LEGALIZAÇÃO COM A TITULAÇÃO DEFINITIVA DOS LOTES LOCALIZADOS NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Paulo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - MELHORIAS NO ATERRO LOCALIZADO NA COMUNIDADE DAS ABÓBORAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - AMPLIAÇÃO DA BARRAGEM DO JUNDIÁ.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - INSTALAÇÃO DE INTERNET GRATUITA POR SISTEMA WI-FI NAS PRAÇAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - INSTALAÇÃO DE LIXEIRAS NAS RUAS DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE NOVA PONDE NA ESTRADA QUE DÁ ACESSO À FAZENDA QUEIMADA.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - SUBSTITUIÇÃO DE POSTE DE ENERGIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE RESERVATÓRIO DE ÁGUA.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - BUSCAR ESFORÇOS JUNTO AO GOVERNO DO ESTADO PATA CONCLUSÃO DA PAVIMENTAÇÃO DA RUA  PROJETADA, NO BAIRRO PALMITAL E COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - TOMAR PROVIDÊNCIAS E PROCEDIMENTOS DE REVISÃO EM TODA A REDE DE ILUMINAÇÃO PÚBLICA DAS PRAÇAS, RUAS E LOGRADOUROS PÚBLICOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>I -DESMEMBRAR ABASTECIMENTO DE ÁGUA DO PALMITO DE ÁGUA LIMPA E CONSTRUIR UM POÇO ARTESIANO COM UMA CAIXA PARA ARMAZENAR ÁGUA NO DISTRITO DO PALMITO.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM POR OBJETIVO O ATENDIMENTO AOS MORADORES DA COMUNIDADE DE SÃO JOÃO BOSCO:_x000D_
 I - PROVIDENCIAS QUANTO AO MELHORAMENTO PARA LEVANTAR A BARRAGEM DA COMUNIDADE DO CÓRREGO SÃO JOÃO BOSCO;_x000D_
 II - PROVIDENCIAS PARA MUDAR O LOCAL DO SISTEMA QUE ABASTECE A COMUNIDADE SÃO JOÃO BOSCO. APÓS LEVANTAR A BARRAGEM ONDE GARANTIRÁ O ABASTECIMENTO DE ÁGUA POR MAIS TEMPO NO PERÍODO DE ESTIAGEM.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM POR OBJETIVO O ATENDIMENTO AOS MORADORES DA COMUNIDADE DE SÃO ROQUE:_x000D_
 I - PROVIDENCIAS QUANTO A DISTRIBUIÇÃO DAS CESTAS BÁSICAS;_x000D_
 II - PROVIDENCIAS PARA A CONSTRUÇÃO DE UM POSTO DE SAÚDE PARA ATENDIMENTO MÉDICO;_x000D_
 III - PROVIDENCIAS QUANTO AO MELHORAMENTO DA ILUMINAÇÃO PÚBLICA;_x000D_
 IV - PROVIDÊNCIAS QUANTO A DISTRIBUIÇÃO DE MATERIAIS DE CONSTRUÇÃO;_x000D_
 V - PROVIDENCIAS QUANTO AO SANEAMENTO BÁSICO;_x000D_
 VI - PROVIDENCIAS QUANTO A SEGURANÇA.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM POR OBJETIVO O ATENDIMENTO AOS MORADORES DO BAIRRO SEAC:_x000D_
 I - PROVIDENCIAS QUANTO A RETIRADA DE ENTULHOS E LIXOS NA RUA.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAS AS MEDIDAS NECESSÁRIAS PERFURAÇÃO DE UM POÇO ARTESIANO E CONSTRUÇÃO DE RESERVATÓRIO D'ÁGUA;</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUIR REDE DE ESGOTO COM PLATAFORMA ELEVATÓRIA NA RUA ZILDA SARTÓRIO ALTOÉ (BURACO DO SAPO) CENTRO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/917/917_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>I -  A DEVIDA PROVIDENCIA QUANTO À TRANSFERÊNCIA DE VALORES NA ORDEM DE R$ 20.000,00 (VINTE MIL REAIS) PARA A APRUCOP - ASSOCIAÇÃO DOS PRODUTORES RURAIS DO CÓRREGO DA PRATA - CACHIMBAL, INSCRITA NO CNPJ Nº 10.597.751/0001-66, PARA INCLUIR TAL BENEFICIO NAS LEIS DE DIRETRIZES.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/918/918_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - INSTALAÇÃO DE SEMÁFOROS NA AVENIDA NOVE DE AGOSTO.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAS PARA PADRONIZAR E PROCEDER ÀS MELHORIAS NAS LOMBADAS EXISTENTES NA COMUNIDADE DO PALMITO.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE POÇOS ARTESIANOS NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA ZILDA SARTÓRIO ALTOÉ.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>ROGÉRIO FEITANI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE RESÍDUOS DE SERVIÇOS DE DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, A ORGANIZAÇÃO E A ESTRUTURAÇÃO DA PROCURADORIA GERAL DO MUNICÍPIO DE JAGUARÉ - PGMJ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Elizeu, Paulo, Preto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO PÚBLICO E SUAS RESPECTIVAS ATRIBUIÇÕES ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 741, DE 19 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE, CRIA CARGO PÚBLICO E SUAS RESPECTIVAS ATRIBUIÇÕES, ALTERA REDAÇÃO DO ANEXO I DA LEI Nº 741, DE 19 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 734, DE 19 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MAIO AMARELO - ATENÇÃO PELA VIDA, NO MUNICÍPIO DE JAGUARÉ ES, DEDICADO A AÇÕES DE PREVENÇÃO E DIMINUIÇÃO DOS ÍNDICES DE ACIDENTES, MORTES E FERIDOS NO TRANSITO, TORNANDO-O MAIS SEGURO POR MEIO DA EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AUXILIO-TRANSPORTE EM PECÚNIA PARA IS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE JAGUARÉ-ES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOUROS PÚBLICOS NA COMUNIDADE DE SÃO JOÃO BOSCO, LOCALIDADE DO KM 18, NO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO JP DE ESPORTE, CULTURA E LAZER DE JAGUARÉ-ES."</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE PALMITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 734, DE 19 DE OUTUBRO DE 2007, PARA CRIAR INCISO IX - ABONO ESPECIAL DE FIM DE ANO, AO ART. 73, E CRIAR O ART. 92-A ONDE SUA SUBSEÇÃO X TRATARÁ DO ABONO ESPECIAL DE FIM DE ANO, A SER CONCEDIDO AOS SERVIDORES DO PODER LEGISLATIVO NO MÊS DE DEZEMBRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A QUADRA POLIESPORTIVA DA COMUNIDADE SÃO ROQUE NESTE MUNICÍPIO COMO SEBASTIÃO GOMES DOS SANTOS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO À RUA DO LOTEAMENTO DO BAIRRO TREVISAN DE PEDRO ÂNGELO THOMAZELLI."</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À AUTORAL COMÉRCIO DE MÓVEIS - EIRELI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 683, DE 15 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL EM FAVOR DA SECRETARIA MUNICIPAL DE TRANSPORTE, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL À ASSOCIAÇÃO DOS CATADORES DE MATERIAIS RECICLÁVEIS DO ESTADO DO ESPIRITO SANTO (ACAMARES.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE  DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º DA LEI Nº 1.213, DE 19 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CRÉDITO EM FAVOR DOS AGENTES COMUNITÁRIOS DE SAÚDE E DE COMBATE A ENDEMIAS PARA AQUISIÇÃO DE FILTRO SOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PÚBLICOS NO SERVIÇOS AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS EM COMISSÃO NO ÂMBITO DO SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO E PERMISSÃO DO TRANSPORTE PÚBLICO COLETIVO DO SISTEMA MUNICIPAL DE TRANSPORTE PÚBLICO E COLETIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI Nº 680, DE 15 DE DEZEMBRO DE 2006 - CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALETRA O DISPOSITIVO DA LEI Nº 1.206, DE 18 DE NOVEMBRO DE 2014, QUE DISPÕE SOBRE A DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À EMPRESA BRIMOL COMÉRCIO E INDUSTRIA  DE MÓVEIS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCESSAR DESPESA E A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JAGUARÉ, EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCESSAR DESPESA E A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE JAGUARÉ, EXERCÍCIO 2015.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JAGUARÉ A FIRMAR TERMO DE CONVÊNIO COM A ARTCULTURA RENASCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A ESCOLA MUNICIPAL DA COMUNIDADE DA JAPIRA</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM PROVIMENTO EFETIVO DE CUIDADOR SOCIAL, ALTERA A LEI Nº 682, DE 15 DE DEZEMBRO DE 2006, EXTINGUE CARGOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 726, DE 02 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.000, DE 17 DE ABRIL DE 2012, QUE DISPÕE SOBRE A MODIFICAÇÃO DA POLITÍCA PÚBLICA DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E ADOLESCENTE, DO CONSELHO MUNICIPAL DE DIREITOS DA CRIANÇA E ADOLESCENTE, DO CONSELHO TUTELAR E DO FUNDO DA INFÂNCIA E ADOLESCÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA PROJETO/ATIVIDADE NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL EM FAVOR DO CONSÓRCIO PÚBLICO PARA TRATAMENTO E DESTINAÇÃO FINAL ADEQUADA DE RESÍDUOS SÓLIDOS DA REGIÃO NORTE DO ESTADO DO ESPIRITO SANTO - CONORTE - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA RAIMONDI INDUSTRIAIS DO BRASIL S.A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO SUPLEMENTAR POR SUPERÁVIT FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA FIRMAR TERMO DE CONVÊNIO COM A ACD - ASSOCIAÇÃO COMUNIDADE DIGITAL DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO), PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PAGAMENTO DE INCENTIVO MUNICIPAL PELO CUMPRIMENTO DE METAS AOS AGENTES DE COMBATE A ENDEMIAS  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA GRATIFICAÇÃO DE PRODUTIVIDADES PARA OS PROFISSIONAIS DAS EQUIPES DE ESTRATÉGIAS DE SAÚDE DA FAMÍLIA VINCULADO AO INCENTIVO DO PMAQ-AB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EFETIVO DE MONITOR ESCOLAR E MONITOR DE TRANSPORTE ESCOLAR NO PLANO DE CARGOS E CARREIRAS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JAGUARÉ/ES - LEI Nº 682, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ADEQUAR O SALÁRIO-BASE DO MAGISTÉRIO MUNICIPAL A LEI DO PISO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI ELEMENTO DESPESA NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO PME PARA O DECÊNIO 2015 - 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVO MA LEI Nº 003, DE 18 DE ABRIL DE 1983, QUE CRIA O SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 5º DA LEI Nº 1.213, DE 19 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAR TRANSFERÊNCIA FINANCEIRA INTRAORÇAMENTÁRIA EM FAVOR DO SAAE.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO CORRENTE, POR SUPERAVIT FINANCEIRO.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO, COM ENCARGO DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA PREMAIS PREMOLDADOS E SERVIÇOS LTDA-ME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA, VERTICAL SOLTEC INDUSTRIA E COMÉRCIO E SERVIÇOS EIRELI ME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A CASA DE ACOLHIDA PARA ADOLESCENTE EM SITUAÇÃO DE RISCO PESSOAL E SOCIAL, NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 680, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A REALIZAÇÃO DE FEIRAS DE COMERCIALIZAÇÃO POR ATACADO E NO VAREJO E DE PRESTAÇÃO DE SERVIÇOS NO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 772, DE 1º DE JULHO DE 2008, QUE DISPÕE SOBRE O PLANO DIRETOR PARTICIPATIVO DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 1.198, DE 04 DE NOVEMBRO DE 2014.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NOVAS TARIFAS PELA PRESTAÇÃO DE SERVIÇOS DE ÁGUA E ESGOTO DO SAAE DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA NEQ METALMECANICA LTDA ME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 1.238, DE 17 DE MARÇO DE 2015, QUE AUTORIZA O PODER EXECUTIVO A PROCESSAR DESPESA E A ABRIR NO ORÇAMENTO DO MUNICÍPIO DE JAGUARÉ-ES, NO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CÓRREGO DO PALMITO, MUNICÍPIO DE JAGUARÉ/ES A EMPRESA EXCIM IMPORTAÇÃO E EXPORTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CHEFE DO EXECUTIVO MUNICIPAL A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E REALIZAR DESPESA COM DESAPROPRIAÇÃO DE IMÓVEL E DÁ OUTRAS PORVIDÊNCIAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECITA E FIXA A DESPESA DO MUNICÍPIO DE JAGUARÉ PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESA A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO NO MUNICÍPIO DE JAGUARÉ, EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PROCURADORIA GERAL DO MUNICÍPIO DE JAGUARÉ - PGMJ A EFETUAR O PROTESTO DE TITULO JUDICIAL DE QUANTIA CERTA, DE CERTIDÃO DE DIVIDA ATIVA DO MUNICÍPIO; AUTORIZA O REGISTRO, PELO MUNICÍPIO, DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONTROLE PARA O NÃO DESPERDÍCIO DE ÁGUA NO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA ARTE VERDE PAISAGISMO LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEIS QUE ESPECIFICA E QUE AUTORIZAM A DOAÇÃO DE TERRENO, NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA, NO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA DISTRIBUIDORA FABRICA MIX CONCRETO LTDA ME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA EBERCON EMPREENDIMENTOS COMERCIAIS E INDUSTRIAIS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA PACKING BOX INDÚSTRIA E COMERCIO DE EMBALAGENS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 406, DE 17 DE DEZEMBRO DE 1997.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À EMPRESA GENUÍNAS BEBIDAS E ALIMENTOS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CÓPIA DAS FOLHAS DE PAGAMENTO DETALHADAS DE TODOS OS SERVIDORES DO EXECUTIVO MUNICIPAL REFERENTE AOS ANOS 2013, 2014 E 2015, DIVIDIDA POR SECRETARIA.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA CONCORRENCIA 003/2012, COM AS DEVIDAS MEDIÇÕES 08/2012, 09/2012, 10/2012, 11/2012, BEM COMO O REALIMENTO;_x000D_
 CÓPIA DO CONTRATO 057/2012 E TODOS OS ADITIVOS, SE HOUVER;_x000D_
 AINDA, REQUER SEJA ENCAMINHADO POR MÍDIA DIGITAL, PARA MAIOR ECONOMIA AOS COFRES PÚBLICOS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS CONTRATOS DE IMÓVEIS COM O MUNICÍPIO._x000D_
 AINDA, REQUER SEJA ENCAMINHADO POR MÍDIA DIGITAL, PARA MAIOR ECONOMIA AOS COFRES PÚBLICOS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODO PAGAMENTO DE COMBUSTÍVEL DOS MESES DE JANEIRO E FEVEREIRO DO CORRENTE ANO;_x000D_
 CÓPIA DO CONTRATO DE LOCAÇÃO DO IMÓVEL QUE ATUALMENTE FUNCIONA A AGÊNCIA MUNICIPAL DE AGENDAMENTO-AMA, BEM COMO CÓPIA DO CONTRATO ANTERIOR (ANTIGO ENDEREÇO).</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>AILTON BRANDÃO, ALEX DA IRRIGAÇÃO, CAYO CASAGRANDE, FRANCISCO SANTIAGO, JOÃO VANES DOS SANTOS, LENA, MILTON, Paulo, PEDRO  DRAGO, PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODAS AS COMISSÕES EXISTENTES NO MUNICÍPIO, CONFORME ART. 99 DA LEI Nº 683/2006, BEM COMO RELAÇÃO DE TODOS OS SERVIDORES QUE A COMPÕEM, COM FOLHA DE PAGAMENTO DESCRIMINADA DOS MESMOS, REFERENTE AOS ANOS DE 2013, 2014 E 2015.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>1 - CÓPIA DA FOLHA DE PAGAMENTO CORRESPONDENTE A CADA MÊS DO ANO DE 2014, DE TODOS OS SERVIDORES DO EXECUTIVO MUNICIPAL, DISCRIMINANDO POR SECRETARIA, BEM COMO CONSTANDO O NOME DE CADA SERVIDOR (A), E O VALOR RECEBIDO EM CADA MÊS.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>1 - CÓPIA DE TODOS OS DOCUMENTOS DOS PROCESSOS DE LICITAÇÃO (PREGÃO PRESENCIAL) DE NÚMEROS 123/2014 E 124/2014, BEM COMO AS CÓPIAS DOS CONTRATOS DOS REFERIDOS PREGÕES QUE TÊM COMO OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE COLETIVO._x000D_
 2 - CÓPIA DO CONTRATO 002/2015, FIRMADO ENTRE A PREFEITURA MUNICIPAL DE JAGUARÉ-ES, ATRAVÉS DO FUNDO MUNICIPAL DE SAÚDE, E O SENHOR EDSON VIEIRA DA SILVA, BEM COMO TODOS OS DOCUMENTOS NECESSÁRIOS PARA A ASSINATURA DO REFERIDO CONTRATO._x000D_
 3 - CÓPIA DO CONTRATO 005/2015, FIRMADO ENTRE A PREFEITURA MUNICIPAL DE JAGUARÉ, E A EMPRESA ALIANÇA REFRIGERAÇÃO E SERVIÇOS LTDA EPP, BEM COMO A CÓPIA DO PROCESSO DE LICITAÇÃO E TODOS OS DOCUMENTOS NECESSÁRIOS PARA A ASSINATURA DO REFERIDO CONTRATO.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA DEBATER O PROJETO DE LEI Nº 010/2015.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA DEBATER QUESTÕES DE SEGURANÇA PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>-CÓPIA DE TODOS OS DOCUMENTOS COMPROBATÓRIAS DA RECEITA OBTIDA COM OS ROYALTES, BEM COMO TODA A DOCUMENTAÇÃO CORRESPONDENTE A APLICAÇÃO DE REFERIDA RECEITA, DO PERÍODO DE 2013, 2014 E 2015.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DOS CONTRATOS EXISTENTES COM AS EMPRESAS QUE PRESTAM SERVIÇOS NO MUNICÍPIO PARA TRANSPORTE DOAS ALUNOS/ESTUDANTES RESIDENTES EM JAGUARÉ-ES PARA OS MUNICÍPIOS VIZINHOS.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">- CÓPIA DO PROJETO ARQUITETÔNICO DA PAVIMENTAÇÃO DA RUA UIRAPURU, COMPREENDIDO PELO TRECHO QUE LIGA A RUA DA JAPIRA AO BAIRRO NOVO TEMPO, BEM JUSTIFICATIVA DA PARALISAÇÃO DA OBRA;_x000D_
 - JUSTIFICATIVA DO ATRASO DA ENTREGA DAS CASA (150) DO BAIRRO NOVO TEMPO/POLIGONAL;_x000D_
 - INFORMAÇÕES SOBRE O ANDAMENTO DA OBRA DE ESGOTO DO BAIRRO NOVO TEMPO;_x000D_
 - JUSTIFICATIVA DA PARALISAÇÃO DA URBANIZAÇÃO DA PRAÇA DO BAIRRO NOVO TEMPO;_x000D_
 - JUSTIFICATIVA DA PARALISAÇÃO DA CONSTRUÇÃO DO CAMPO DE FUTEBOL DO BAIRRO NOVO TEMPO._x000D_
 </t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>CAYO CASAGRANDE, ALEX DA IRRIGAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>- BALANCETE ANALÍTICO CONTÁBIL DETALHADO DO EXERCÍCIO 2014, COM EXECUÇÃO ORÇAMENTÁRIA DE RECEITAS E DESPESAS.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DAS FOLHAS DE PAGAMENTO DE TODOS OS FUNCIONÁRIOS DO EXECUTIVO MUNICIPAL DO CORRENTE ANO, COM A ESPECIFICAÇÃO DAS VERBAS, BEM COMO REITERA SEJA ENCAMINHADO TAIS DOCUMENTOS MENSALMENTE.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DAS HORAS MÁQUINAS, COM INDICAÇÃO DO PRODUTOR ATENDIDO, BEM COMO O VALOR COBRADO POR CADA ATENDIMENTO, CONFORME PROGRAMA MUNICIPAL DE INCENTIVO CRIADO PELA LEI MUNICIPAL Nº 1.239, DE 17 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUDIÊNCIA PÚBLICA SOBRE SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESARQUIVAMENTO E REAPRESENTAÇÃO DO PROJETO DE LEI Nº 008/2013 COM ALTERAÇÕES DE PROPOSTAS.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>CAYO CASAGRANDE, PEDRO  DRAGO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER, QUE O CHEFE DO PODER EXECUTIVO MUNICIPAL SE DIGNE EM FAZER CUMPRIR O INCISO XXVIII DO ART. 1º DA LEI ORGÂNICA MUNICIPAL, BEM COMO A LEI MUNICIPAL Nº 821, DE 17 DE JUNHO DE 2009.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>Elizeu, Paulo, PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA O USO RACIONAL DE ÁGUAS A SE REALIZAR NO DIA 26/10/2015, A PARTIR DAS 19 HORAS NO PLENÁRIO DESTA CASAS "JOSÉ CARLOS QUEIROZ".</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A EQUIPE DA DEFESA CIVIL ASSIM COMO ASSISTENTES SOCIAIS A COMUNIDADE SÃO JOÃO BOSCO PARA OS DEVIDOS LEVANTAMENTOS E LAUDAS AOS MORADORES EM SITUAÇÃO DE RISCO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER JUNTO A SECRETARIA DE MEIO DE AMBIENTE, QUANTO AO DESMATAMENTO EM AREA DE RESERVA LEGAL NA COMUNIDADE SÃO ROQUE.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O DEVIDO APELO JUNTO AO TRIBUNAL REGIONAL ELEITORAL DO ESTADO DO ESPIRITO SANTO, PARA AS DEVIDAS PROVIDÊNCIAS QUANTO AO EFETIVO FUNCIONAMENTO DO POSTO ELEITORAL DESTA CIDADE.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VIABILIZAR UMA LINHA DE ÔNIBUS ENTRE OS MUNICÍPIOS DE NOVA VENÉCIA-ES E LINHARES-ES.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO A EMENDA MODIFICATIVA Nº 001/2015 AO PROJETO DE LEI Nº 001/2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2475,68 +2475,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="147.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>