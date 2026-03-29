--- v0 (2026-02-05)
+++ v1 (2026-03-29)
@@ -54,1377 +54,1377 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>ALOÍSIO CETTO (GODERO)</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/772/772_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALOIZIO CETTO, VEREADOR, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, VEM POR MEIO DESTE, SOLICITAR QUE VOSSA EXCELÊNCIA SUBMETA O ANTEPROJETO DE LEI Nº 001/2018, APRESENTADO AO DOUTO PLENÁRIO E SEJA ENCAMINHADO AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE INSTITUI O PROJETO "A HORA DO TRABALHADOR". </t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BILIM GROBÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BANCO MUNICIPAL DE ALIMENTOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>GUSTAVO SOSSAI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO VEREADOR GUSTAVO SOSSAI </t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, JORGE MORELO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR JOAO VANES DOS SANTOS E JORGE MORELO</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR JOAO VANES DOS SANTOS</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Paulo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR PAULO JOSÉ ZANELATO</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 006/2018 AO PROJETO DE LEI Nº 054/2018</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 007/2018 AO PROJETO DE LEI Nº 054/2018</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2018 AO PROJETO DE LEI Nº 054/2018</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2018 AO PROJETO DE LEI Nº 054/2018</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 003/2018 AO PROJETO DE LEI Nº 054/2018</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/787/787_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - IMPLANTAR VIA DE SENTIDO ÚNICO NA RUA NOEL SILVA, COM CIRCULAÇÃO DE SENTIDO DE ACESSO À COMUNIDADE DE ÁGUA LIMPA, BR 101;_x000D_
 II - IMPLANTAR VIA DE SENTIDO ÚNICO NA RUA ÂNGELO MORELO, COM CIRCULAÇÃO DE SENTIDO DE ACESSO À COMUNIDADE DE FATIMA;_x000D_
 III - RETIRAR A PLACA DE PROIBIÇÃO DE ESTACIONAMENTO NA RUA TANCREDO DE ALMEIDA NEVES, NA ALTURA DA PRAÇA DA MATRIZ.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/788/788_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - INSTALAÇÃO E MELHORAMENTO DA REDE DE ILUMINAÇÃO PUBLICAS NA COMUNIDADE SÃO GERALDO.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/789/789_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>I - CONSTRUÇÃO DE CAPELA MORTUÁRIA EM ÁREA DO ANTIGO CEMITÉRIO, LOCALIZADO NA AVENIDA NOVE DE AGOSTO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>MAGALHÃES</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">I - CONSTRUÇÃO DE ESGOTO NA COMUNIDADE SÃO ROQUE. </t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">I - REFAZER E/OU REFORMAR AS CALÇADAS DOS COMERCIANTES DE ÁGUA LIMPA QUE TIVERAM SUAS CALÇADAS DESTRUÍDAS COM A AMPLIAÇÃO DA RODOVIA DOM JOSE DALVIT, BEM COMO BUSCAR SOLUÇÃO JUNTO AO GOVERNO DO ESTADO. </t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE REDE DE ESGOTO E CALÇAMENTO NO BAIRRO BOA VISTA II. </t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">BUSCAR JUNTO A EQUIPE DE ENGENHARIA DE TRANSITO DO DETRAN/ES A ORGANIZAÇÃO EM MÃO ÚNICA DA RUA ANTÔNIO DE BACKER, NO CENTRO DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA ANTÔNIO RALMIRO, NA COMUNIDADE DO PALMITO; _x000D_
 INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO NOS PONTOS DE ÔNIBUS NAS AVENIDAS LOCALIZADAS ÀS MARGENS DA BR 101, COMUNIDADE DO PALMITO; _x000D_
 PAVIMENTAÇÃO DE RUAS NA COMUNIDADE DO PALMITO.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INCLUSÃO DE NOVA ROTA DE COLETA DE LIXO NA ESTRADA QUE LIGA A COMUNIDADE DE FÁTIMA AO COLÉGIO SANTA RITA DE CÁSSIA. </t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NA PRAÇA "FRANCISCO CASAGRANDE", BAIRRO IRMÂ TEREZA.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">BUSCAR JUNTO AO GOVERNO DO ESTADO O CALÇADO DAS RUAS DA COMUNIDADE SAO ROQUE E DEZOITO ATRAVÉS DO PROGRAMA "CALÇAMENTO RURAL". </t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO MURO DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO IRMÃ TEREZA ALTOÉ</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>GUSTAVO SOSSAI, ALOÍSIO CETTO (GODERO)</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAIXA DE PEDESTRES NA AVENIDA NOVE DE AGOSTO, EM FRENTE AO SUPERMERCADO DA PRAÇA. </t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>GUSTAVO SOSSAI, JORGE MORELO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PINTURA DAS FAIXAS DE SINALIZAÇÃO DA RODOVIA PEDRO JOSÉ ALTOÉ (ESTRADA DE FÁTIMA) </t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>GUSTAVO SOSSAI, BILIM GROBÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIAR OS DEVIDOS ESFORÇOS PARA MELHORAR O URBANISMO (REALIZANDO CALÇAMENTO E INSTALAÇÃO DE ILUMINAÇÃO - OU CONSTRUÇÃO DE PRAÇA PÚBLICA) NOS LOTES 06 E 16 DA QUADRA 13 DO LOTEAMENTO DENOMINADO "CASAGRANDE", IMÓVEL DE PROPRIEDADE DA MUNICIPALIDADE, POIS VEM SENDO UTILIZADO COMO DEPÓSITO DE ENTULHOS CONCOMITANTEMENTE ACUMULANDO SUJEIRA E TOMADOS PELO MATO. </t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PRETO CERUTTI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISÃO DO PLANO DIRETOR E IMPLANTAÇÃO DE MEDIDAS E FISCALIZAÇÃO NO QUE TANGE ÁREAS DE PLANTIO, CERCAS E CONSTRUÇÕES, QUE AVANÇAM AS ESTRADAS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ELEVAÇÃO DO ATERRO NA ALTURA DO CÓRREGO DO JUNDIÁ, COMUNIDADE SANTO ANTÔNIO DE PÁDUA, ENTRE AS PROPRIEDADES DOS SENHORES: ANTÔNIO SEBASTIÃO ZUQUE E GILMAR CANTALEGO, POR SER ESTRADA MUNICIPAL, E POR MEDIDAS DE URGÊNCIAS. </t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO GOVERNO DO ESTADO PARA INSTALAÇÃO DE UM POSTO POLICIAL PARA ATENDER AS COMUNIDADES DA ZONA RURAL</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>FIO SIQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIAR A CONTINUIDADE DOS CASCALHAMENTO E CONSERVAÇÃO DE TRECHO, PRINCIPALMENTE NOS ACLIVES/DECLIVES (MORROS) DA ESTRADA MUNICIPAL QUE LIGAM AS COMUNIDADES: SÃO JOÃO DO ESTIVADO A ÁGUA LIMPA DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ELEVAÇÃO DO ATERRO PRÓXIMO À BARRAGEM NA REGIÃO DA COMUNIDADE DO JIRAU, PRECISAMENTE NA ESTRADA QUE LIGA A COMUNIDADE DO JIRAU AO SÃO BRÁS. </t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVISÃO DO TEXTO DA LEI Nº 1.421, DE 03 DE MAIO DE 2018, PARA GARANTIR MAIOR ACESO À DISTRIBUIÇÃO GRATUITA DE MEDICAMENTO. </t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE REDE DE ESGOTO E PAVIMENTAÇÃO DA RUA JOANA MUCHELEN SCABELO, NO BAIRRO MATA ATLÂNTICA. </t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AMPLIAÇÃO E MELHORAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DO ESTIVADO AO CÓRREGO DO MOSQUITO. </t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Dejair de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE DE SÃO JOÃO DO ESTIVADO</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">I- CONSTRUÇÃO DE ALAMBRADO NA PRAÇA DA COMUNIDADE SANTO ANTÔNIO DE PÁDUA;_x000D_
 II- REPAROS NAS ESTRADAS, ESPECIALMENTE COM ATERRO DOS BURACOS EXISTENTES NOS MORROS DA COMUNIDADE SANTO ANTÔNIO DA PÁDUA;_x000D_
 III- BUSCAR JUNTO À CONCESSIONÁRIA DE ENERGIA ELÉTRICA REFORÇO DA ILUMINAÇÃO NA COMUNIDADE SANTO ANTÔNIO DE PÁDUA.  </t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO D APOIO AO GOVERNO DO ESTADO DO ESPIRITO SANTO, PARA QUE DISPONIBILIZE A INSTALAÇÃO DE SERVIÇOS DE ONCOLOGIA NO HOSPITAL MERIDIONAL NO MUNICÍPIO DE SÃO MATEUS NO ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/951/951_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/711/711_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS AVENIDAS LATERAIS A BR 101 NA LOCALIDADE DE ÁGUA LIMPA, JAGUARÉ-ES</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>PRETO CERUTTI, BILIM GROBÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/712/712_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO _x000D_
 À RUA DO LOTEAMENTO TREVISAN DE "ROSA GROBÉRIO", NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/713/713_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE E DENOMINA RUA ANGELO BETTIM</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/714/714_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO _x000D_
 À RUA DO LOTEAMENTO TREVISAN DE "GUILHERME JOSÉ DE BACKER", NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>João Vanes dos Santos, Dejair de Siqueira, PAULO JOSE ZANELATO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/715/715_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DA LEI Nº 735 DE 19 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>ALTERA, INCLUI E SUPRIME REDAÇAO DOS ART.1º; 2]; ALÍNEA "C" DO INCISO IV DO ART.3], E ARTIGO 4º AMBOS DA LEI N] 814, DE 11 DE MAIO DE 2009, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>João Vanes dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/803/803_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E DISCIPLINA O SISTEMA DE TRABALHO REMOTO NO ÂMBITO DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>ROGÉRIO FEITANI</t>
   </si>
   <si>
     <t>REVOGA TEXTO  DA LEI Nº 734, DE 19 DE OUTUBRO DE 2007, ESTATUTO DOS SERVIDORES PUBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE JAGUARE-ES.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE JAGUARÉ/ES PARA A LEGISLATURA 2021/2024 E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PATA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTE.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/692/692_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EFETIVO DE DESENHISTA CADISTA NO PLANO DE CARGOS E CERREIRAS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JAGUARÉ/ES - LEI Nº 682, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/694/694_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTINGUE CARGOS PÚBLICOS DE MONITOR DE TRANSPORTE ESCOLAR, AUXILIAR E SECRETARIA ESCOLAR, AUXILAR DE SERVIÇOS GERAIS, VIGIA, SERVENTE, AUXILIAR DE OBRAS E SERVIÇOS PÚBLICOS E MOTORISTA, CONSTANTES DA LEI Nº 682 DE 15 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS, CARREIRAS E VENCIMENTO DA PREFEITURA MUNICIPAL DE JAGUARÉ, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI TABELA DE VENCIMENTO E DÁ OUTRAS PROVIDENCIAS.   </t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/702/702_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE PROVIMENTO EFETIVO DE CONTADOR, OPERADOR DE MÁQUINAS LEVES E AUXILIAR DE SERVIÇOS GERAIS NO PLANO DE CARGOS E VENCIMENTOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/695/695_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO DISTRITO DE BARRA SECA, MUNICÍPIO DE JAGUARÉ, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/696/696_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ/CAEE "LUZ DA VIDA" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/698/698_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A UNIDADE GESTORA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, CIDADANIA E SEGURANÇA PÚBLICA</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/699/699_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 15 DA LEI Nº 1373, DE 19 DE JULHO DE 2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS - LDO - PARA O EXERCÍCIO DE 2018</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/700/700_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM O MOVIMENTO DE EDUCAÇÃO PROMOCIONAL DO ESPÍRITO SANTO - MEPES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/701/701_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 1118, DE 04 DE DEZEMBRO DE 2013, QUE DISPÕE SOBRE PAGAMENTO DE DÉBITOS OU OBRIGAÇÕES DO MUNICÍPIO DE JAGUARÉ/ES, NOS TERMOS DO ART. 100, §§ 3º E 4º, DA CONSTITUIÇÃO FEDERAL, DECORRENTES DE DECISÕES JUDICIAIS JUDICIAIS CONSIDERADOS DE PEQUENO VALOR (RPV) DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/703/703_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O SAAE CELEBRAR CONVÊNIO DE COOPERAÇÃO FINANCEIRA COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ, VISANDO INCLUIR NA TARIFA DE ÁGUA COBRADA PELO SAAE, CONTRIBUIÇÃO ESPONTÂNEA DESTINADA À PESTALOZZI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/704/704_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JAGUARÉ A FIRMAR TERMO DE FOMENTO COM A ARTCULTURA RENASCER E DÁ OUTRAS POROVIDÊNCIAS</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/705/705_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/706/706_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE FINANCEIRO E ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/707/707_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/708/708_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO REAJUSTA VENCIMENTO DO CARGO DE CONTROLADOR GERAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/709/709_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 392, DE 17 DE SETEMBRO DE 1997, QUE AUTORIZA A CONTRATAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/710/710_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISTRIBUIÇÃO DE MEDICAMENTOS NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 1.152, DE 03 DE JUNHO DE 2014, QUE DISPÕE SOBRE O CÓDIGO AMBIENTAL DO MUNICÍPIO DE JAGUARÉ</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 772, DE 01 DE JULHO DE 2008, QUE DISPÕE SOBRE ALTERAÇÃO NO PLANO DIRETOR DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/777/777_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DA LEI Nº 1.239, DE 17 DE MARÇO DE 2015, QUE CRIA O PROGRAMA MUNICIPAL DE INCENTIVO AO PRODUTOR RURAL E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/778/778_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 726, DE 02 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/779/779_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR IMÓVEL E DÁ OUTRA PROVIDENCIAS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/780/780_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE DEFESA DO CONSUMIDOR - SMDC, INSTITUI A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - PROCON, O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - CONDECON, E, O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - FMDC, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/781/781_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA AO CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO À ASSOCIAÇÃO DE DEFICIENTES VISUAIS DE JAGUARE-ES ADVJ - UNICEJ E DÁ OUTRAS PROVIDENCIAS.  </t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DE BENS IMOVEIS PÚBLICOS POR PARTICULAR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 683, DE 15 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PERMISSÃO DE EXPLORAÇÃO PUBLICITARIAS NAS PLACAS INDICATIVAS DE NOMES DE RUAS E A CONCESSÃO DE EXPLORAÇÃO DE SERVIÇOS DE PUBLICIDADE ATRAVÉS DA SUA INSTALAÇÃO E MANUTENÇÃO À INICIATIVA PRIVADA, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/786/786_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A FIRMAR INSTRUMENTO DE COOPERAÇÃO COM O MUNICÍPIO DE SAO MATEUS-ES, VISANDO AO DESENVOLVIMENTO DE AÇÕES PARA A ABERTURA, A RECUPERAÇÃO E A CONSERVAÇÃO DE RODOVIAS VICINAIS PRÓXIMAS ÁS DIVISAS E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA Nº 1.273, DE 02 DE OUTUBRO DE 2015, QUE DISPÕE SOBRE A CRIAÇÃO, A ORGANIZAÇÃO E A ESTRUTURAÇÃO DA PROCURADORIA GERAL DO MUNICÍPIO DE JAGUARÉ - PGMJ,  E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO NA LEI 726, DE 02 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA COMISSIONADA DO MUNICÍPIO DE JAGUARÉ - ES, CRIA O CARGO DE COORDENADOR EXECUTIVO DO PROCON MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME A UNIDADE BÁSICA DE SAÚDE DESTE MUNICÍPIO DE JAGUARÉ/ES. </t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRA A AUTORIZAÇÃO PARA TRANSPOSIÇÃO, REMANEJAMENTO OU TRANSFERENCIA DE RECURSOS ORÇAMENTÁRIOS, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO ESPIRITO SANTO, INSTITUÍDO  E ADMINISTRADO PELA AMUNES, COMO VEICULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE JAGUARÉ-ES  </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE BARRO PROVENIENTE DE CONSTRUÇÃO E MANUTENÇÃO DE CAIXA SECA, DECORRENTE DO PROGRAMA TERRA VIVA, CRIADO PELA LEI MUNICIPAL Nº 1.340, DE 16 DE MARÇO DE 2017, PARA PESSOAS CARENTES, ENTIDADES BENEFICENTES E ASSOCIAÇÕES DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.380. DE 07 DE NOVEMBRO DE 2017 QUE DISPÕE SOBRA A APROVAÇÃO DO LOTEAMENTO NOVO TEMPO, PARA FIM DE REGULARIZAÇÃO FUNDIÁRIA DE INTERESSE SOCIAL, BEM COMO O RECONHECIMENTO DE RESPECTIVA ÁREA CORRESPONDENTE EM ZEIS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA DELIBERAÇÃO DA ASSEMBLEIA GERAL CIM NORTE/ES QUE AUTORIZA O INGRESSO DE NOVOS MUNICÍPIOS CONSORCIADOS E DÁ OUTRAS PROVIDEDÊNCIAS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO, PARA O EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI Nº 1255, DE 02 DE JUNHO DE 2015, QUE APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME, PARA O DECÊNIO 2015-2025</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.268, DE 1 DE SETEMBRO DE 2015, QUE INSTITUI O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI Nº 1.119, DE 20 DE DEZEMBRO DE 2013.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 726, DE 02 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ - ES, PARA CRIAR AS SECRETARIAS MUNICIPAIS DE GOVERNO E CULTURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE "SÃO JOÃO PAULO II", PADROEIRO DA PARÓQUIA DE ÁGUA LIMPA, DISPÕE SOBRE O FERIADO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº1.272, DE 02 DE OUTUBRO DE 2015, QUE INSTITUI A TAXA DE RESÍDUOS DE SERVIÇOS DE SAÚDE. </t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O FUNDO MUNICIPAL DE APOIO À CONSERVAÇÃO E MANUTENÇÃO DAS ESTRADAS QUE INTEGRAM O PROGRAMA ESTADUAL CAMINHOS DO CAMPO. </t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE JAGUARÉ PARA O EXERCÍCIO FINANCEIRO DE 2019. </t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O MUNICÍPIO DE JAGUARÉ/ES E O CONSÓRCIO PÚBLICO PRODNORTE, PESSOA JURÍDICA DE NATUREZA DE DIREITO PROVADO COM A FINALIDADE DE TRANSFORMAR A NATUREZA JURÍDICA DESTE CONSÓRCIO, QUE PASSARÁ PARA CONSÓRCIO PUBLICO DE DIREITO PÚBLICO, NA FORMA DA LEI 11.107/205 E DE SUA REGULAMENTAÇÃO.    </t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME À UNIDADE BÁSICA DE SAÚDE DO BAIRRO BOA VISTA II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR ACORDO DE COOPERAÇÃO PARA A CESSÃO DE BEM MÓVEL EM FAVOR DO SINDICATO RURAL DE JAGUARÉ-ES, NOS TERMOS DA LEI FEDERAL Nº 13.019/2014, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 122 DA LEI COMPLEMENTAR MUNICIPAL Nº 683, DE 15 DE DEZEMBRO DE 2018, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE JAGUARÉ-ES. </t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR ROBSON GROBÉRIO.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DO VEREADOR ROBSON GROBÉRIO</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR CLEONIS CERUTTI</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DO VEREADOR JOAO VANES DOS SANTOS</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO DE AUTORIA DA VEREADORA PENHA GROBÉRIO BETTIM </t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 006/2018 DE AUTORIA DO VEREADOR GUSTAVO SOSSAI</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2018</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>VETO À EMENDA ADITIVA Nº 001/2018 AO PL Nº 045/2018</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO À EMENDA ADITIVA Nº 002/2018 AO PL Nº 045/2018</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO A EMENDA ADITIVA Nº 003/2018 AO PL Nº 045/2018</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO A EMENDA ADITIVA Nº 004/2018 AO PL Nº 045/2018</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO A EMENDA ADITIVA Nº 005/2018 AO PL Nº 045/2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1731,67 +1731,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2018/992/992_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>