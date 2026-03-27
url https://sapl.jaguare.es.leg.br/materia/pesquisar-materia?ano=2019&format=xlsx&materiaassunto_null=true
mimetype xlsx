--- v0 (2026-02-06)
+++ v1 (2026-03-27)
@@ -54,1136 +54,1136 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>ALOÍSIO CETTO (GODERO)</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.239, DE MARCO DE 2015.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BILIM GROBÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1161/digitalizar0034.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1161/digitalizar0034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PANFLETAGEM NO MUNICÍPIO DE JAGUARÉ, REGULAMENTA CÓDIGO DE POSTURAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal do Trabalho Emprego e Renda - COMTER e Fundo Municipal de Trabalho - FMT, e dá outras providências.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O 'PARAGRAFO ÚNICO DO ART. 1º DO PROJETO DE LEI Nº 010/2019 FICA DENOMINADO § 1º, BEM COMO FICA INCLUÍDO §2º NO ART. 1º DO PROJETO DE LEI Nº 010/2019:_x000D_
 § 2º TODA ATIVIDADE DE REALOCAÇÃO ORÇAMENTARIA CONSTANTE NO "CAPUT", DEVERÁ TER AUTORIZAÇÃO PRÉVIA LEGISLATIVA, MEDIANTE LEI ESPECIFICA QUE JUSTIFIQUE O CARÁTER EXCEPCIONAL.  _x000D_
 </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2019 AO PROJETO DE LEI Nº 015/2019</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>EMENS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA SUPRIMIDO § 2º DO ART. 200-A, CONSTANTE NO ART.1º, DO PROJETO DE LEI Nº 007/2019</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DO VEREADOR JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>BUSCAR JUNTO A EMPRESA COMPETENTE, A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA MARCIMIANO LAQUINI</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO E LIMPEZA DO BUEIROS/BOCAS DE LOBO LOCALIZADOS NAS RUAS DO BAIRRO IRMÃ TEREZA ALTOÉ ATE O BAIRRO SEAC, PRÓXIMO AO CLUBE RECREATIVO DE JAGUARÉ. </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PRETO CERUTTI</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) MAS RUAS DE COMUNIDADE DE FÁTIMA. </t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t xml:space="preserve">I - REFORMA E INSTALAÇÃO DE ILUMINAÇÃO NAS QUADRAS DOS DISTRITOS ÁGUA LIMPA E BARRA SECA PONTE NOVA;_x000D_
 II - DEMOLIÇÃO E LIMPEZA DA ÁREA QUE FICA AS ANTIGAS INSTALAÇÕES DA COOPEVEJA, PARA CRIAÇÃO DE UM CENTRO DE CONVIVÊNCIA NO LOCAL;_x000D_
 III - CONSTRUÇÃO DE UM CENTRO DE LAZER COM ARBORIZAÇÃO JUNTO A BARRAGEM NO DISTRITO DE ÁGUA LIMPA; _x000D_
 IV - RETORNO DA HORTA COMUNITÁRIA NO DISTRITO DE ÁGUA LIMPA; _x000D_
 V - DRENAGEM DO ESGOTOS QUE ESTÃO SENDO JOGADOS EM CÓRREGOS NO DISTRITO DE ÁGUA LIMPA. _x000D_
 </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">BUSCAR JUNTO A EMPRESA COMPETENTE, A INSTALAÇÃO DE REDE DE ESGOTO SANITÁRIO À RUA PADRE ALDO LUCHETA, BAIRRO LAQUINI. </t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÕES NA LEI Nº 1.241/2018, QUE TRATA DA DISTRIBUIÇÃO DE MEDICAMENTOS NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER EM CARÁTER DE URGÊNCIA, QUE O EXECUTIVO MUNICIPAL BUSQUE ESFORÇOS JUNTO AO GOVERNO DO ESTADO, ATRAVÉS DA SECRETARIA DE SEGURANÇA PUBLICA E DEFESA SOCIAL - SESP, PARA MANUTENÇÃO E NOVAS INSTALAÇÕES DA CÂMERAS DE VIDEOMONITORAMENTO INSTALADAS NO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>BILIM GROBÉRIO, JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL BUSQUE ESFORÇOS JUNTO AO GOVERNO DO ESTADO PARA REFORMA E MANUTENÇÃO DA SEDE DA COMPANHIA DA POLICIA MILITAR DO MUNICÍPIO DE JAGUARÉ-ES E/OU CONSTRUÇÃO DE NOVA SEDE. </t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXAÇÃO DE NOVO PONTO DE ÔNIBUS NO CENTRO DO MUNICÍPIO, COM CONSTRUÇÃO DE ABRIGO E INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO. </t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">BUSCAR JUNTO AO GOVERNO DO ESTADO A INSTALAÇÃO E/OU REFORÇO DA ILUMINAÇÃO DA ESTRADA QUE LIGA O PALMITO AO PALMITINHO.   </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE TRECHO DA RUA ALPHEU SOSSAI, BAIRRO LAQUINI.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1156/digitalizar0039.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1156/digitalizar0039.pdf</t>
   </si>
   <si>
     <t>I — isolamento com alambrado de todo 0 entorno da Praça “Agua Viva”, localizada no centro do município.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1162/digitalizar0030.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1162/digitalizar0030.pdf</t>
   </si>
   <si>
     <t>AMPLIE CONVÊNIO COM INSTITUIÇÕES FINANCEIRAS E/OU DISPONIBILIZE DE PAGAMENTO NA LOCALIDADE DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1163/digitalizar0031.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1163/digitalizar0031.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDO PARA A VIABILIDADE DO ACEITE DE REMANEJAMENTO VIA PROGRAMAÇÃO PACTUADA INTEGRADA DA ASSISTÊNCIA EM SAÚDE EM PROL DA SAÚDE MUNICIPAL JUNTO AO MUNICÍPIO DE COLATINA-ES.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1164/digitalizar0032.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1164/digitalizar0032.pdf</t>
   </si>
   <si>
     <t>providenciar proteção/cobertura de espumas nas ferragens das quadras de esporte do município.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1165/digitalizar0033.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1165/digitalizar0033.pdf</t>
   </si>
   <si>
     <t>PERMANÊNCIA DOS DOIS TRANSPORTES COLETIVOS JUNTO A SECRETARIA DE SAÚDE DO MUNICÍPIO (MICRO ÔNIBUS E VAN) QUE TRANSPORTAM DIARIAMENTE OS MUNÍCIPES À CAPITAL DO ESTADO PARA TRATAMENTO MÉDICO ESPECIALIZADO.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1172/digitalizar0014.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1172/digitalizar0014.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA-MOLAS NA AVENIDA CONILON, SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1173/digitalizar0013.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1173/digitalizar0013.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICO NEUROPEDIATRA NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 020/2019_x000D_
 I - CELERIDADE NAS CONSULTAS, EXAMES E CIRURGIAS SOLICITADAS NO AMA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>I - IMPLANTAÇÃO DE GUARDA MUNICIPAL NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES- REFERENTE AO EXERCÍCIO DE 2011</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>PENHA BETTIM, BILIM GROBÉRIO, SÁVIO MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>ROGÉRIO FEITANI</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA OS ERVIÇO PUBLICO DE COLETA DE ENTULHOS E MATERIAIS E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1167/digitalizar0007.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1167/digitalizar0007.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.461, de 18 de janeiro de 2019, que dispõe sobre doação, com encargo, de imóvel do município de Jaguaré - ES, a empresa TAF do Brasil LTDA ME, e da outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1181/projeto_de_lei_executivo_no_050.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1181/projeto_de_lei_executivo_no_050.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.255, DE 02 DE JUNHO DE 2015, QUE DISPÕE SOBRE O PLANO MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1186/projeto_de_lei_executivo_no_053.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1186/projeto_de_lei_executivo_no_053.2019.pdf</t>
   </si>
   <si>
     <t>"Cria o Núcleo de Tecnologia e Informática e os cargos de Gerência do NTI, Coordenador do NTI e extingue o cargo de Gerência de Tecnologia da Informação, altera a Lei nº 726, de 02 de outubro de 2007, que dispõe sobre a Organização Administrativa do Município de Jaguaré - ES, define a estrutura administrativa e o quadro de cargos de provimento em comissão, e dá outras providências."</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E REVOGA DISPOSITIVO DA LEI Nº 1.385/2017; E DA LEI Nº 1.224/2015, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>ALOÍSIO CETTO (GODERO), Dejair de Siqueira, PAULO JOSE ZANELATO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CENTRO DE ATENDIMENTO AO CIDADÃO, NO ÂMBITO DA CÂMARA MUNICIPAL DE JAGUARÉ, ES, E DISCIPLINA SUA COMPETÊNCIA, ATIVIDADE E FUNCIONAMENTO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTITUIÇÃO DA "SEMANA MUNICIPAL DE DOAÇÃO DE SANGUE" E "DIA MUNICIPAL DO DOADOR VOLUNTARIO DE SANGUE" NO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>Dejair de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS NO LOTEAMENTO RIVIERA &amp;#8211; BAIRRO TREVISAN NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>ALOÍSIO CETTO (GODERO), FIO SIQUEIRA, Paulo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA A ESTRUTURA E REGULAMENTA A ORGANIZAÇÃO E FUNCIONAMENTO DA OUVIDORIA NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1160/digitalizar0037.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1160/digitalizar0037.pdf</t>
   </si>
   <si>
     <t>DENOMINA "EUGÊNIO MONTEIRO DE OLIVEIRA" A UNIDADE DE SAÚDE DA COMUNIDADE SÃO JOÃO BOSCO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>PAULO ZANELATO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1166/digitalizar0006.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1166/digitalizar0006.pdf</t>
   </si>
   <si>
     <t>Dispõe e denomina nome a Praça da Matriz estabelecida na Paróquia São João Paulo II, em Aguá Limpa, distrito de Barra Seca, Município de Jaguaré, ES</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.000, DE 17 DE ABRIL DE 2012, QUE DISPÕE SOBRE A POLITICA PUBLICA DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, DO CONSELHO MUNICIPAL DE DIREITOS DA CRIANÇA E DO ADOLESCENTE, DO CONSELHO TUTELAR E DO FUNDO DA INFÂNCIA  ADOLESCÊNCIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE IMÓVEL DO MUNICÍPIO DE JAGUARÉ - ES, À EMPRESA TAF DO BRASIL LTDA ME, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1286, DE 02 DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ/CAEE "LUZ DA VIDA" E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO, A CRIAÇÃO DE CARGOS TEMPORÁRIOS E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 680, DE 15 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE PARCELAMENTO DE CRÉDITO DE NATUREZA TRIBUTÁRIA E DÁ OUTRAS PROVIDENCIAS.  </t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA TRANSPOSIÇÃO, REMANEJAMENTO OU TRANSFERÊNCIA DE RECURSOS ORÇAMENTARIAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM O MOVIMENTO DE EDUCAÇÃO PROMOCIONAL DO ESPIRITO SANTO - MEPES E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CARGO DE PROVIMENTO EFETIVO DENOMINADO AGENTE FISCAL DE TRIBUTOS, EXTINGUE OS CARGOS DE FISCAL DE TRIBUTOS, ALTERA A LEI Nº 682/2006, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICIPIO DE JAGUARÉ A FIRMAR TERMO DE FOMENTO COM A ARTCULTURA RENASCER E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PERÍMETRO URBANO DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1152/digitalizar0012.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1152/digitalizar0012.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO PÚBLICO DE COLETA DE ENTULHOS E MATERIAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 726, DE 02 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ, ESTADO DO ESPIRITO SANTO, DEFINE A ESTRUTURA ADMINISTRATIVA E O QUADRO DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>TOMA AREA QUE ESPECIFICA EM URBANA.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTARIAS_x000D_
 (LDO), PARA O EXERCÍCIO DE 2020, E DA OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL_x000D_
 POR' PRAZO DETERMINADO PARA ATENDER NECESSIDADE_x000D_
 TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE CULTURA. </t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE AUXILIO FINANCEIRO PARA_x000D_
 PREMIAÇÃO DO FESTIVAL DE CALOUROS DE ALUNOS DA REDE_x000D_
 MUNICIPAL DE ENSINO, DENOMINADO &amp;#8220;A VOZ ESTUDANTIL 2019&amp;#8221;,_x000D_
 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 1º DA LEI Nº 1.239, DE 17 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE IMPEDIMENTO PARA EX-INTEGRANTES DE COMISSÃO DE LICITAÇÃO E DE EQUIPE DE PREGÃO.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ASSUNÇÃO DE DÍVIDAS CONTRAÍDAS PELOS CONSELHOS DE ESCOLAS E ASSOCIAÇÕES ESCOLA COMUNIDADE (AEC'S) DO MUNICÍPIO DE JAGUARÉ JUNTO À RECEITA FEDERAL DO BRASIL, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS DE PROVIMENTO EFETIVO DENOMINADO FISCAL DE TRIBUTOS-NÍVEL SUPERIOR, EXTINGUE CARGOS DE FISCAL DE TRIBUTOS-NÍVEL MÉDIO, ALTERA A LEI Nº 682/2006, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM DESAPROPRIAÇÃO DE IMÓVEL E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVERTE IMÓVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVERTE IMÓVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL. </t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVERTE IMÓVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL </t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>JOAO VANES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO PARA ATENDER NECESSIDADES TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1158/digitalizar0035.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1158/digitalizar0035.pdf</t>
   </si>
   <si>
     <t>EQUIPARA O VENCIMENTO DO CARGO DE FISCAL DE TRIBUTOS.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1159/digitalizar0036.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1159/digitalizar0036.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA ELI Nº 918, DE 16 DE MARÇO DE 2011, QUE CRIA CARGOS DE DIRETOR ESCOLAR, COORDENADOR DE TURNO E COORDENADOR DE PROJETOS EDUCACIONAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1168/digitalizar0009.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1168/digitalizar0009.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI Nº 1.060, DE 06 DE MAIO DE 2013</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1169/digitalizar0010.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1169/digitalizar0010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1170/digitalizar0011.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1170/digitalizar0011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INVERSÃO DE FASES NOS PROCEDIMENTOS LICITATÓRIOS REALIZADOS NO ÂMBITO DA ADMINISTRAÇÃO PUBLICA DIRETA E INDIRETA DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1171/digitalizar0012.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1171/digitalizar0012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL - CEF, NO ÂMBITO DO PROGRAMA FINISA -  FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO, NA MODALIDADE APOIO FINANCEIRO, DESTINADO À APLICAÇÃO EM DESPESAS   DE CAPITAL,  A OFERECER GARANTIAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1174/digitalizar0020.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1174/digitalizar0020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 1.152, DE 03 DE JULHO DE 2014, QUE INSTITUI O CÓDIGO AMBIENTAL DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1175/projeto_de_lei_executivo_no_046.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1175/projeto_de_lei_executivo_no_046.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESMEMBRAMENTO DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO E TURISMO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1176/projeto_de_lei_executivo_no_047.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1176/projeto_de_lei_executivo_no_047.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESMEMBRAMENTO DA SECRETARIA MUNICIPAL DE OBRAS, TRANSPORTES E SERVIÇOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1177/loa_2020.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1177/loa_2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE JAGUARÉ PARA O EXERCÍCIO FINANCEIRO DE 2020</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.509, DE 04 DE OUTUBRO DE 2019.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1182/projeto_de_lei_executivo_no_050.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1182/projeto_de_lei_executivo_no_050.2019.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 1.255, DE 02 DE JUNHO DE 2015, QUE DISPÕE SOBRE O PLANO MUNICIPAL DE EDUCAÇÃO."</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1184/projeto_de_lei_executivo_no_51.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1184/projeto_de_lei_executivo_no_51.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a sessão de uso de barracas de feiras e dá outras providências.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1185/projeto_de_lei_executivo_no_52.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1185/projeto_de_lei_executivo_no_52.2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo, através  da Secretaria Municipal de Saúde, a conceder Bolsa de Formação aos Profissionais vinculados ao Programa de Qualificação de Atenção Primária de Saúde.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SE FOI IMPLANTADO NO ÂMBITO DO MUNICÍPIO O PROGRAMA DE DESCENTRALIZAÇÃO DE RECURSOS - PRODDER, CRIADO PELA LEI MUNICIPAL Nº 1.148, DE 16 DE MAIO DE 2014. AINDA, CASO POSITIVO, ENCAMINHAR A RELAÇÃO DAS TRANSFERÊNCIAS REALIZADAS DESDE A APROVAÇÃO DA LEI A PRESENTE DATA. SE NEGATIVO, INFORMAR ÀS RAZÕES QUE IMPEDEM.  </t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER À MESA, NA FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIDO AO COMANDO DO 13º BATALHÃO DA POLICIA MILITAR/5 CIA, NA PESSOA DO TENENTE TIAGO WOTLKOSKI ELLER, SOLICITANDO REUNIÃO COM O PODER LEGISLATIVO MUNICIPAL DE JAGUARÉ-ES, EM CARÁTER DE URGÊNCIA. </t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER Á MESA, NA FORMA REGIMENTAL, QUE SEJA ENCAMINHADA EXPEDIENTE AO SECRETÁRIO ESTADUAL DE SEGURANÇA PUBLICA, CHEFE DA POLICIA CIVIL DO ESTADO E COMANDANTE GERAL DA POLICIA MILITAR DO ESTADO, SOLICITANDO PROVIDENCIAS CABÍVEIS PARA MAIOR SEGURANÇA PUBLICA NO MUNICÍPIO DE JAGUARÉ-ES, COM MAIOR NUMERO DE POLICIAIS E VIATURAS, BEM COMO ESFORÇOS PARA ENCAMINHAR A FORÇA TÁTICA NOS FINAIS DE SEMANA AO MUNICÍPIO,</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1) INFORMAR A EXISTÊNCIA, E SE POSITIVO, DISPONIBILIZAR CÓPIAS OU MÍDIAS DOS PROCESSOS COM REQUERIMENTOS NEGADOS AOS PACIENTES QUE TRATA SOBRE AS DISTRIBUIÇÕES DE MEDICAMENTOS COM BASE NA LEI MUNICIPAL Nº 1.421/2018, ESPECIFICAMENTE NO QUE DETERMINA O § 1º DO ARTIGO 7º DA REFERIDA LEI;_x000D_
 2) SE DIGNE DE INFORMAR, CASO HAJA, QUAIS OS PROCEDIMENTOS ADOTADOS, CONSIDERANDO AS RECUSAS AO BENEFÍCIO, CONSOANTE DETERMINA O § 2º DO MESMO ARTIGO MENCIONADO DA MESMA LEI INVOCADA.  </t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>ALOÍSIO CETTO (GODERO), AILTON BRANDÃO, BILIM GROBÉRIO, FIO SIQUEIRA, JEAN COSTALONGA, JOÃO VANES DOS SANTOS, JORGE MORELO, Paulo, PENHA BETTIM, PRETO CERUTTI, SÁVIO MARTINS</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO TRECHO RODOVIA ES 230 QUE UNE O DISTRITO DE FÁTIMA NESTA MUNICIPALIDADE, AO MUNICÍPIO DE VILA VALÉRIO.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>Requer a Mesa, na forma regimental, que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, solicitando providencias no sentido de notificar a empresa LIMPEZA URBANA SERVIÇOS LTDA, CNPJ n° 32.461170/0001-60. que presta serviço de limpeza no âmbito do município, com a finalidade de impedir atraso do pagamento dos servidores que prestam serviços a mesma.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1180/requerimento_no_007.2019.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1180/requerimento_no_007.2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2019_x000D_
 REQUER À MESA, NA FORMA REGIMENTAL AO CHEFE DO PODER EXECUTIVO MUNICIPAL, SOLICITANDO PROVIDENCIAS JUNTO A SECRETARIA MUNICIPAL DE SAÚDE, COM A FINALIDADE DE INFORMAR A QUANTIDADE DE PEDIDOS/REQUERIMENTOS E SOLICITAÇÕES DE CONSULTAS, EXAMES E CIRURGIAS PEDENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>VOTP</t>
   </si>
   <si>
     <t>Votos de Pesar</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PESAR </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -1503,67 +1503,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1161/digitalizar0034.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1156/digitalizar0039.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1162/digitalizar0030.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1163/digitalizar0031.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1164/digitalizar0032.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1165/digitalizar0033.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1172/digitalizar0014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1173/digitalizar0013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1167/digitalizar0007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1181/projeto_de_lei_executivo_no_050.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1186/projeto_de_lei_executivo_no_053.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1160/digitalizar0037.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1166/digitalizar0006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1152/digitalizar0012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1158/digitalizar0035.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1159/digitalizar0036.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1168/digitalizar0009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1169/digitalizar0010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1170/digitalizar0011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1171/digitalizar0012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1174/digitalizar0020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1175/projeto_de_lei_executivo_no_046.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1176/projeto_de_lei_executivo_no_047.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1177/loa_2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1182/projeto_de_lei_executivo_no_050.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1184/projeto_de_lei_executivo_no_51.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1185/projeto_de_lei_executivo_no_52.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1180/requerimento_no_007.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1161/digitalizar0034.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1156/digitalizar0039.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1162/digitalizar0030.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1163/digitalizar0031.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1164/digitalizar0032.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1165/digitalizar0033.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1172/digitalizar0014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1173/digitalizar0013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1167/digitalizar0007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1181/projeto_de_lei_executivo_no_050.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1186/projeto_de_lei_executivo_no_053.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1160/digitalizar0037.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1166/digitalizar0006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1152/digitalizar0012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1158/digitalizar0035.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1159/digitalizar0036.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1168/digitalizar0009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1169/digitalizar0010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1170/digitalizar0011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1171/digitalizar0012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1174/digitalizar0020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1175/projeto_de_lei_executivo_no_046.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1176/projeto_de_lei_executivo_no_047.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1177/loa_2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1182/projeto_de_lei_executivo_no_050.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1184/projeto_de_lei_executivo_no_51.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1185/projeto_de_lei_executivo_no_52.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/./sapl/public/materialegislativa/2019/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2019/1180/requerimento_no_007.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>