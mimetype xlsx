--- v0 (2026-02-07)
+++ v1 (2026-03-29)
@@ -54,2635 +54,2635 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1235/scan_20210205122229.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1235/scan_20210205122229.pdf</t>
   </si>
   <si>
     <t>ALTERAM DISPOSITIVOS DA LEI Nº 918 DE 16 DE MARCOS DE 2011, QUE CRIA CARGOS DE DIRETOR ESCOLAR, COORDENADOR DE TURNO E COORDENADOR DE PROJETOS EDUCACIONAIS E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1260/anteprojeto_02-21.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1260/anteprojeto_02-21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O USO DE MÁQUINAS DO MUNICÍPIO PARA USO DE APLAINAMENTO DE LOTES EM FAVOR DE PESSOAS CARENTES E COMERCIANTES DO MUNICÍPIO DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1257/anteprojeto_elizeu_03-21.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1257/anteprojeto_elizeu_03-21.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NO ÂMBITO MUNICIPAL O CARGO DE CONDUTOR DE AMBULÂNCIA DO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1311/apl_04.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1311/apl_04.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI AUXÍLIO EMERGENCIAL MUNICIPAL COM MEDIDA EXCEPCIONAL DE PROTEÇÃO SOCIAL PARA OS COMÉRCIOS NÃO ESSENCIAIS AGRAVADOS PELA PANDEMIA DO NOVO CORONAVÍRUS (COVID-19), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1305/apl_05.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1305/apl_05.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA CARTÃO CESTA BÁSICA PARA PESSOAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1312/apl_06.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1312/apl_06.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AUXÍLIO FUNCIONAL TRANSITÓRIO PARA ENFRENTAMENTO E COMBATE AO COVID-19 PARA OS PROFISSIONAIS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1332/anteprojeto_lei_007.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1332/anteprojeto_lei_007.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ-ES O FUNDO MUNICIPAL DE CULTURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1338/ant_proj_8.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1338/ant_proj_8.2021.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO DE GESTORES DOS EQUIPAMENTOS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DE JAGUARÉ_ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1411/anteprojeto_legislativo_009.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1411/anteprojeto_legislativo_009.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA A CONCESSÃO DE BONIFICAÇÃO POR DESEMPENHO PARA OS PROFISSIONAIS EM EFETIVO EXERCÍCIO NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1401/anteprojeto_legislativo_010.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1401/anteprojeto_legislativo_010.2021.pdf</t>
   </si>
   <si>
     <t>ALTERAR A REDAÇÃO DO ARTIGO 99 DA LEI MUNICIPAL Nº 683 DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>ATM</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>Institui temporariamente Sessão Virtual na Câmara Municipal de Jaguaré-ES, conforme classificação da pandemia pela Organização Mundial de Saúde (OMS) e Decreto Governamental e dá Outras Providências.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>Institui temporariamente Sessão na Câmara Municipal de Jaguaré-ES sem presença do público conforme classificação da pandemia pelo governo do Estado do Espírito Santo e dá outras providências.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>JAIR SANDRINI</t>
   </si>
   <si>
     <t>§5º O candidato diplomado vereador deverá entregar na sede da Câmara Municipal, pessoalmente ou por intermédio do seu partido, até o  dia 20 de dezembro anterior à instalação de cada legislatura, o diploma expedido pela Justiça Eleitoral, juntamente com a comunicação de seu nome parlamentar e da sua legenda partidária.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
     <t>Alterar o §2º do artigo 3º, do projeto de Lei nº 09/2021, que inclui o §2º ao artigo 12 da Lei nº 1.433/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1387/emenda_modificativa_003.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1387/emenda_modificativa_003.2021.pdf</t>
   </si>
   <si>
     <t>CONVÊNIOS COM INSTITUIÇÃO DE PESQUISAS E EXTENSÃO, VISANDO O INCENTIVO AO APERFEIÇOAMENTO GERENCIAL, PROMOÇÃO HUMANA TÉCNICA QUALIFICADA E INOVAÇÃO TECNOLÓGICA.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1397/emenda_modificativa_004.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1397/emenda_modificativa_004.2021.pdf</t>
   </si>
   <si>
     <t>INCLUIR A FOLIA DE REIS COMO CARÁTER CULTURAL E EDUCATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1465/emenda_modificativa_005.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1465/emenda_modificativa_005.2021.pdf</t>
   </si>
   <si>
     <t>ART. 1° REPRISTINA REDAÇÃO DA LEI Nº 814/2009, PARA VIGORAR SEUS EFEITOS ATÉ A REDAÇÃO DADA PELA LEI N° 1.425, DE 19 DE JUNHO DE 2018 - ART. 2º REVOGAM-SE NA TOTALIDADE A LEI Nº 1.546 DE 02 DE MARÇO DE 2021.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>EMENS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>Sinalização da Av. Dom José Dalvit, Água Limpa.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR QUE AS MÁQUINAS AGRÍCOLAS PARA O ATENDIMENTO NO CRONOGRAMA DE ATIVIDADE DO PROGRAMA "AGRO MAIS", FIQUEM ESTABELECIDAS OU LOCALIZADAS NAS REGIÕES DETERMINADAS, PARA O MELHOR ATENDIMENTO AOS PRODUTORES RURAIS, DE ACORDO COM O QUE DISPÕE A LEI MUNICIPAL Nº 1.239/2015; _x000D_
 II- PROVIDENCIAR A LOCALIZAÇÃO DE TÉCNICO AGRÍCOLA NAS REGIÕES DETERMINADAS NO CRONOGRAMA, PARA O ATENDIMENTO E ORIENTAÇÃO AOS PRODUTORES RURAIS, COMO SUPORTE E CONSULTORIA PARA CUMPRIR O QUE DETERMINA O ARTIGO 2º, INCISOS II E III DA LEI MUNICIPAL Nº 1.239/2015;_x000D_
 III- FAZER CUMPRIR O QUE DISPÕE O INCISO VII DA LEI MUNICIPAL Nº 1.239/2015, ONDE ESPECIFICA AS AÇÕES DO PROGRAMA A MANUTENÇÃO DE ESTRADAS PARTICULARES;_x000D_
 IV- PROVIDENCIAR AS DEVIDAS MEDIDAS PARA A EXONERAÇÃO OU ISENÇÃO DE CUSTAS COM COMBUSTÍVEL, IMPLEMENTANDO NOVO PARÁGRAFO AO ARTIGO 5º DA LEI MUNICIPAL Nº 1.239/2015, PARA BENEFICIAR OS PRODUTORES QUE COMPROVEM OS DEVIDOS RECOLHIDOS DE IMPOSTOS E TAXAS DE ARRECADAÇÃO NO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1243/scan_20210212175810.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1243/scan_20210212175810.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR REFORMA DA QUADRA POLIESPORTIVA NA COMUNIDADE JIRAL, ZONA RURAL DESDE MUNICÍPIO._x000D_
 II - PROVIDENCIAR REFORMA DA QUADRA POLIESPORTICA LOCALIZADA NO BAIRRO SEAC, PRÓXIMO AO CAMPO DE FUTEBOL E A ESCOLA MUNICIPAL SANTA CATARINA</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_3_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_3_-_elizeu.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DO NOVO CRAS (CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL) NA REGIÃO DA BR.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1239/scan_20210212161958.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1239/scan_20210212161958.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA EM 2 POSTES NA COMUNIDADE DE NOSSA SENHORA DE FÁTIMA NA RUA CIPRIANO CERUTTI, NA PRIMEIRA E TERCEIRA QUADRA RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1238/scan_20210212162008.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1238/scan_20210212162008.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A COLETA DE LIXO DA COMUNIDADE DE BARRA SECA VELHA.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>JOSE CARLOS ALVES JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1265/scan_20210308193851.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1265/scan_20210308193851.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS DO BAIRRO IRMÃ TEREZA E BAIRRO TREVISAN.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1261/scan_20210308193831.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1261/scan_20210308193831.pdf</t>
   </si>
   <si>
     <t>REPAROS/MANUTENÇÃO RUA RAMIRO, LOCALIZADO BAIRRO PALMITO</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_8_-_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_8_-_penha.pdf</t>
   </si>
   <si>
     <t>I –CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NO BAIRRO PALMITAL.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_9-_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_9-_penha.pdf</t>
   </si>
   <si>
     <t>I –CONSTRUÇÃO DE UNIDADE DE SAÚDE NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1262/scan_20210308193116.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1262/scan_20210308193116.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DO PROCON (PROGRAMA DE PROTEÇÃO DO CONSUMIDOR) NO MUNICÍPIO DE JAGUARÉ - ES</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1263/scan_20210308192945.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1263/scan_20210308192945.pdf</t>
   </si>
   <si>
     <t>I –INSTALAÇÃO DE POSTES E REFORÇO DA ILUMINAÇÃO AO LONGO DA RODOVIA QUE DÁ ACESSO AO FAL; _x000D_
 II-CONSTRUÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS NA COMUNIDADE DO PALMITO._x000D_
 III- AQUISIÇÃO DE ÁREA PARA CONSTRUÇÃO DO CEMITÉRIO NA COMUNIDADE DO PALMITO;_x000D_
 IV- PROVIDENCIAR JUNTO AOS ÓRGÃOS COMPETENTES A CONCLUSÃO DAS OBRAS NAS MARGINAIS DA BR 101, COMUNIDADE DO PALMITO;_x000D_
 V- CONSTRUÇÃO DE UMA PRAÇA NA COMUNIDADE DO PALMITO;_x000D_
 VI-PROVIDENCIAR JUNTO AOS ÓRGÃOS COMPETENTES A REALIZAÇÃO DE OBRA DE PAISAGISMO NO TREVO DO PALMITO-BR 101;_x000D_
 VII- REGULARIZAÇÃO FUNDIÁRIA DOS BAIRROS QUE AINDA NÃO FORAM CONTEMPLADOS.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1264/scan_20210308192829.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1264/scan_20210308192829.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE OU DE IMEDIATO ATENDIMENTO MÉDICO NA LOCALIDADE DE SÃO ROQUE.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1276/scan_20210311160233.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1276/scan_20210311160233.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR CONSTRUÇÃO DA CAPELA MORTUARIA DO ANTIGO CEMITÉRIO DE JAGUARE-ES</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1277/scan_20210311160315.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1277/scan_20210311160315.pdf</t>
   </si>
   <si>
     <t>DISPINIBILIZAR AMBULANCIA NAS COMUNIDADES DO GIRAL; NOSSA SENHORA DE FÁTIMA; BARRA SECA PONTE NOVA; E PALMITO</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1278/scan_20210311160342.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1278/scan_20210311160342.pdf</t>
   </si>
   <si>
     <t>MELHORIA DA ESTRADA, BEM COMO REBAIXAMENTO DOS MORROS NA ESTRADA QUE LIGA AGUA LIMPA X ESTIVADO X BARRA SECA</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ADEUTER TADEU GABRIEL</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1246/scan_20210226170025-0016.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1246/scan_20210226170025-0016.pdf</t>
   </si>
   <si>
     <t>A PERFURAÇÃO E INSTALAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO JUDAS TADEU,  INCLUINDO BOMBA E DEMAIS MATERIAIS NECESSÁRIOS PARA O BOM DESEMPENHO E UTILIZAÇÃO DO POÇO</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1247/scan_20210226170035.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1247/scan_20210226170035.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE UNIDADE BÁSICA DE SAÚDE NA COMUNIDADE DA JAPIRA, PARA ATENDIMENTO DA POPULAÇÃO DAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1248/scan_20210226170043.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1248/scan_20210226170043.pdf</t>
   </si>
   <si>
     <t>A AQUISIÇÃO DE APARELHO DENOMINADO "CARRO DE ANESTESIA" PARA O TRATAMENTO DO COVID-19 DENTRO OUTROS</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_019.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_019.2021.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO CONVÊNIO JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO PARA A CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA EMEF - ESCOLA MARCIANO ALTOÉ SITUADO NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1250/scan_20210226195722.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1250/scan_20210226195722.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO CONVÊNIO JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO PARA CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ECORM JAPIRA, QUE FICA LOCALIZADO NA ZONA RURAL DESTE MUNICIPIO</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1251/scan_20210226195731.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1251/scan_20210226195731.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO CONVÊNIO JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO PARA A CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA COMUNIDADE NOSSA SENHORA DE FÁTIMA, ZONA RURAL DESDE MUNICÍPIO</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1252/scan_20210226195740.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1252/scan_20210226195740.pdf</t>
   </si>
   <si>
     <t>REFORMAR O POSTO DE SAÚDE DA COMUNIDADE SÃO BRAZ, PARA ATENDIMENTO DA POPULAÇÃO DAQUELA REGIÃO</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1253/scan_20210226195750.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1253/scan_20210226195750.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO CONVÊNIO JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO PARA A CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA CEIM FÁTIMA NESTA CIDADE.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1254/scan_20210226195758.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1254/scan_20210226195758.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO CONVÊNIO JUNTO A SECRETARIA ESTADUAL DE AGRICULTURA PARA CALÇAMENTO RURAL NA COMUNIDADE DA JAPIRA.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1255/scan_20210226195807.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1255/scan_20210226195807.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA QUADRA POLIESPORTIVA E CONSTRUÇÃO DE ARQUIBANCADA, NA COMUNIDADE DA BARRA SECA PONTE NOVA</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1256/scan_20210226195830.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1256/scan_20210226195830.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE POSTES PARA MELHORAMENTO DE ILUMINAÇÃO PÚBLICA E DILIGÊNCIA JUNTO A ESCELSA PARA COMPLEMENTAÇÃO DE ENERGIA ELÉTRICA NA COMUNIDADE DE SÃO ROQUE</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1258/scan_20210301162303-27.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1258/scan_20210301162303-27.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A INSTALAÇÃO DE INTERNET, E UM COMPUTADOR PARA UNIDADE BÁSICA DE SAÚDE NA COMUNIDADE DO SÃO JOÃO BOSCO</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1259/scan_20210301162319-28.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1259/scan_20210301162319-28.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A INSTALAÇÃO DE INTERNET, E UM COMPUTADOR PARA A UNIDADE BÁSICA DE SAÚDE NA COMUNIDADE DO VARGEM GRANDE</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1269/ind_29.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1269/ind_29.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO/COBERTURA DE ABRIGOS PARA PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1270/ind_30.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1270/ind_30.pdf</t>
   </si>
   <si>
     <t>QUE VERIFIQUE A POSSIBILIDADE DE CRIAR VAGAS DE ESTACIONAMENTO DESTINADAS A IDOSOS E PESSOAS COM DEFICIÊNCIAS.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1271/ind_31.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1271/ind_31.pdf</t>
   </si>
   <si>
     <t>DESENVOLVIMENTO DO PROJETO "CALÇADA CIDADÃ".</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1274/ind_32.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1274/ind_32.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS ELENIR MARIA SALVADOR DE FARIAS, DANIEL BASSO E PEDRO ÁLVARES CABRAL, TODOS NO BAIRRO BOA VISTA I.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1275/ind_33.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1275/ind_33.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA DO BAIRRO RIVIERA, TAIS COMO MANUTENÇÃO DOS EQUIPAMENTOS DE USO PÚBLICO, INSTALAÇÃO DE ASSENTOS E MESAS, PAVIMENTAÇÃO DAS ÁREAS DE PASSEIO DA PRAÇA E POR FIM INSTALAÇÃO DE CERCA, OU GUARDA-CORPO, PARA PROTEÇÃO DAS CRIANÇAS.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_034.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_034.2021.pdf</t>
   </si>
   <si>
     <t>REFORÇAR O ABASTECIMENTO DE ÁGUA NA REGIÃO DE ÁGUA LIMPA COM CONSTRUÇÃO DE UM POÇO ARTESIANO E RESERVATÓRIO NO DISTRITO DO PALMITO.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1281/ind_35.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1281/ind_35.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE CARGO DE PROVIMENTO EFETIVO DE EDUCADOR SOCIAL, COM CARGA HORÁRIA DE 25 (VINTE E CINCO) HORAS SEMANAIS.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1286/ind_36.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1286/ind_36.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO DE ÁGUA LIMPA, BEM COMO CONSTRUÇÃO DE CAPELA.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1287/ind_37.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1287/ind_37.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO, EM CARÁTER DE URGÊNCIA, DE MÉDICOS PARA MELHORAMENTO NO ATENDIMENTO NAS UNIDADES DE SAÚDE DE ÁGUA LIMPA E BARRA SECA PONTE NOVA.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1288/ind_38.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1288/ind_38.pdf</t>
   </si>
   <si>
     <t>MELHORAMENTO DA LIMPEZA PÚBLICA NA REGIÃO DE ARICANGA.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1289/ind_39.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1289/ind_39.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CAMPO "BOM DE BOLA" DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1290/ind_40.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1290/ind_40.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA DO VELUDO EM ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1291/ind_41.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1291/ind_41.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO FUNDIÁRIA DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1295/ind_42.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1295/ind_42.pdf</t>
   </si>
   <si>
     <t>CRIAR BANCO DE ALIMENTOS PARA O COMBATE AO DESPERDÍCIO E ADOÇÃO DE MEDIDAS PARA DISTRIBUÍ-LOS A POPULAÇÃO DO MUNICÍPIO, CONFORME JUSTIFICATIVA ABAIXO.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1292/ind_43.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1292/ind_43.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO E INSTALAÇÃO DE UNIDADE BÁSICA DE SAÚDE NA COMUNIDADE DO PALMITINHO PARA ATENDIMENTO DA POPULAÇÃO DAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1293/ind_44.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1293/ind_44.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO DETRAN-ES PARA A INSTALAÇÃO DO SERVIÇO DE BIOMETRIA NO PAV- POSTO DE ATENDIMENTO VEICULAR DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1294/ind_45.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1294/ind_45.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE ESGOTO COM PLATAFORMA ELEVATÓRIA NA RUA PASCHOAL BRIOSCHI, SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1296/ind_46.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1296/ind_46.pdf</t>
   </si>
   <si>
     <t>DIANTE DO DECRETO ESTADUAL Nº4838R/ES E DECRETO MUNICIPAL Nº047/2021, REQUER INCENTIVOS FISCAIS AOS MUNÍCIPES, COMO: PRORROGAÇÃO E PARCELAMENTO DA TAXA DE ALVARÁ DA VIGILÂNCIA SANITÁRIA, IPTU E ISS.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1298/ind_47.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1298/ind_47.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONCESSÃO DE MAIS CESTAS BÁSICAS, EM CARÁTER DE URGÊNCIA, ÀS FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE, AFETADAS PELOS IMPACTOS FINANCEIROS DAS MEDIDAS RESTRITIVAS DE COMBATE À PANDEMIA DO NOVO CORONAVÍRUS-COVID-19 E SUA VARIAÇÕES.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1301/ind_48.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1301/ind_48.2021.pdf</t>
   </si>
   <si>
     <t>I - MELHORAMENTO DA LIMPEZA PÚBLICA.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1302/ind_49.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1302/ind_49.2021.pdf</t>
   </si>
   <si>
     <t>I - REQUER INCENTIVOS FISCAIS DE ISENÇÃO CONTRIBUIÇÃO DA ILUMINAÇÃO PÚBLICA, DA TARIFA DE ÁGUA E ESGOTO E COLETA DE LIXO, PELO PERÍODO DE 90 DIAS, BEM COMO NÃO CORTAR O FORNECIMENTO NO PERÍODO DE PANDEMIA, PARA PESSOAS EM ESTADO DE VULNERABILIDADE SOCIAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1303/ind_50.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1303/ind_50.2021.pdf</t>
   </si>
   <si>
     <t>I - MELHORAMENTO DAS ESTRADAS E VIAS DA COMUNIDADE DE SANTO ANTÔNIO DE PÁDUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1304/ind_51.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1304/ind_51.2021.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR UM CENTRO DE TRIAGEM E ATENDIMENTO AO CIDADÃO COM SINTOMAS DE COVID-19.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1306/ind_52.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1306/ind_52.2021.pdf</t>
   </si>
   <si>
     <t>I - REFORMA E AMPLIAÇÃO DO CREAS - CENTRO DE REFERÊNCIA ESPECIALIZADO DA ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1307/ind_53.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1307/ind_53.2021.pdf</t>
   </si>
   <si>
     <t>I - REGULAMENTAR A LEI MUNICIPAL 1284/2015 QUE CRIA O DISTRITO DO PALMITO.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1308/ind_54.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1308/ind_54.2021.pdf</t>
   </si>
   <si>
     <t>I - FACILITAR O ACESSO AO AMA AOS CIDADÃOS RESIDENTES NO INTERIOR DO MUNICÍPIO E OUTROS, COM SISTEMA DE PRÉ-AGENDAMENTO DE EXAMES E CONSULTAS.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1309/ind_55.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1309/ind_55.2021.pdf</t>
   </si>
   <si>
     <t>I - IMPLANTAÇÃO DE UM PONTO DE APOIO À SAÚDE NA COMUNIDADE DO SÃO ROQUE.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1315/ind_56.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1315/ind_56.2021.pdf</t>
   </si>
   <si>
     <t>I- PROVIDENCIAR AS DEVIDAS PUBLICIDADES QUANTO AO DIA E HORA DA COLETA DE LIXO NA SEDE E COMUNIDADES, TAIS COMO: RÁDIO, PANFLETOS, CARRO DE SOM, REDES SOCIAIS E TALÃO DE ÁGUA; II- FISCALIZAR E FAZER CUMPRIR O QUE DETERMINAM OS ARTIGOS 33 E 34 DA LM 1.186/2014 (INSTITUI O CÓDIGO DE POSTURAS); III- PROMOVER POLÍTICAS EDUCATIVAS E INFORMATIVAS PARA O ACONDICIONAMENTO E COLETA DE LIXO.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1313/ind_57.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1313/ind_57.2021.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA SINALIZAÇÃO DAS RUAS, FAIXAS E PLACAS, E ORGANIZAÇÃO DO TRÂNSITO.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1314/ind_58.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1314/ind_58.2021.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA DE SERVIÇOS DE CAPTURA DE IMAGENS DE CÂMERAS MÓVEIS (PTZ), CÂMERAS FIXAS, LEITURA DE PLACAS VEICULARES (LPR E LTZ)</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1317/ind_59.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1317/ind_59.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR IMPLANTAÇÃO DE UM VIVEIRO COM MUDAS DE CAFÉ; PIMENTA E FRUTICULTURA, PARA DAR AO PEQUENO PRODUTOR E AO PRODUTOR DE ECONOMIA FAMILIAR, MAIOR INCENTIVO, DIVERSIFICAÇÃO DA PRODUÇÃO AGRÍCOLA, E GARANTIR O DESENVOLVIMENTO DO MUNICÍPIO COM INOVAÇÕES E TECNOLOGIA COMO CONSTA NA LEI MUNICIPAL Nº 1.239/2015;</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_60.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_60.2021.pdf</t>
   </si>
   <si>
     <t>I - CONTRATAÇÃO DE PROFESSOR DE APOIO PARA ALUNOS EM FASE DE ALFABETIZAÇÃO, NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_61.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_61.2021.pdf</t>
   </si>
   <si>
     <t>I - PROVIDENCIAR QUE AS MÁQUINAS AGRÍCOLAS PARA O ATENDIMENTO NO CRONOGRAMA DE ATIVIDADE DO PROGRAMA "AGRO MAIS", FIQUEM ESTABELECIDAS OU LOCALIZADAS NAS REGIÕES DETERMINADAS, PARA O MELHOR ATENDIMENTO AOS PRODUTORES RURAIS, DE ACORDO COM O QUE DISPÕE A LEI MUNICIPAL Nº 1.239/2015;_x000D_
 II- PROVIDENCIAR A LOCALIZAÇÃO DE TÉCNICO AGRÍCOLA NAS REGIÕES DETERMINADAS NO CRONOGRAMA, PARA O ATENDIMENTO E ORIENTAÇÃO AOS PRODUTORES RURAIS, COMO SUPORTE E CONSULTORIA PARA CUMPRIR O QUE DETERMINA O ARTIGO 2º, INCISOS II E III DA LEI MUNICIPAL Nº 1.239/2015;_x000D_
 III- FAZER CUMPRIR O QUE DISPÕE O INCISO VII DA LEI MUNICIPAL Nº 1.239/2015, ONDE ESPECIFICA AS AÇÕES DO PROGRAMA A MANUTENÇÃO DE ESTRADAS PARTICULARES;_x000D_
 IV- PROVIDENCIAR AS DEVIDAS MEDIDAS PARA A EXONERAÇÃO OU ISENÇÃO DE CUSTAS COM COMBUSTÍVEL, IMPLEMENTANDO NOVO PARÁGRAFO AO ARTIGO 5º DA LEI MUNICIPAL Nº 1.239/2015, PARA BENEFICIAR OS PRODUTORES QUE COMPROVEM OS DEVIDOS RECOLHIDOS DE IMPOSTOS E TAXAS DE ARRECADAÇÃO NO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_62.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_62.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PROFESSOR DE NÚCLEO COMUM, DE LÍNGUA PORTUGUESA E MATEMÁTICA PARA ATUAR NO CONTRATURNO ESCOLAR NO MUNICÍPIO DE JAGUARÉ-ES DO 4º AO 9º ANO DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>I- PROVIDENCIAR LIMPEZAS NAS ÁREAS DE TERRAS PÚBLICAS; II- PROVIDENCIAR A IDENTIFICAÇÃO DE PROPRIETÁRIOS E DEVIDAS ADVERTÊNCIAS PARA LIMPEZA DE SEUS LOTES; III- PROVIDENCIAR A REMOÇÃO DA ESTRUTURA DE AÇO LOCALIZADA NO PONTO DE TÁXI, ENCONTRA-SE EM PÉSSIMAS CONDIÇÕES; IV- PROVIDENCIAR A ALTERAÇÃO DO QUANTITATIVO DO NÚMERO DE PROFISSIONAIS DA SAÚDE (FARMACÊUTICO, FISIOTERAPEUTA, ENFERMEIRO ; TÉCNICOS) ATUALIZANDO A LEI COMPLEMENTAR MUNICIPAL Nº 1.157/2014.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_64.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_64.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO PERIÓDICA DAS CAIXAS SECAS DAS ESTRADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_65.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_65.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE COMPUTADORES PARA ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_66.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_66.2021.pdf</t>
   </si>
   <si>
     <t>REMISSÃO OU ANISTIA DE DÍVIDAS JUNTO AO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ-ES - SAAE, PARA FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_67.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_67.2021.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE RECARGA DE GÁS DE COZINHA PARA AS FAMÍLIAS QUE SE ENCONTRAM EM VULNERABILIDADE SOCIAL, CONFORME JÁ ESTABELECIDO NA LEI MUNICIPAL 727/2007</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_68.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_68.pdf</t>
   </si>
   <si>
     <t>REALIZAR AÇÕES DE INFRAESTRUTURA E REGULARIZAÇÃO FUNDIÁRIA NA LOCALIDADE DE SÃO ROQUE.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_69.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_69.2021.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE TRECHO DA RUA RAFAEL SOSSAI.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_70.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_70.2021.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS ESTRADAS RURAIS QUE LIGAM AS COMUNIDADES DE VARGEM GRANDE E SÃO JOÃO BOSCO, COM APLICAÇÃO DE REVESTIMENTO PRIMÁRIO NOS MORROS QUE FAZEM PARTE DO PERCURSO.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_71.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_71.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR COTAS MÍNIMAS DE PELO MENOS 30% A CONTRATAR ESTAGIÁRIOS RESERVADO AS PESSOAS VULNERÁVEIS E DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_072.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_072.2021.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NA COMUNIDADE SÃO PAULINHO.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_73.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_73.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA-MOLAS EM LOCAIS PRÓXIMOS À "EMEIEF ADENIL MASSINI QUIUQUI", NA COMUNIDADE DA JAPIRA.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_74.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_74.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO GOVERNO DO ESTADO PARA IMPLANTAÇÃO DO CENTRO DE REFERÊNCIA DA JUVENTUDE.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_75.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_75.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO NO CALENDÁRIO MUNICIPAL DA SEMANA DE COMBATE A EXPLORAÇÃO INFANTIL E CRIMES DE INTERNET NAS ESCOLAS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_076.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_076.2021.pdf</t>
   </si>
   <si>
     <t>REFORMA DO POSTO DE SAÚDE DE BARRA SECA PONTE NOVA.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_077.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_077.2021.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO E ILUMINAÇÃO DA RUA EUGÊNIO SALVADOR COM O RESTANTE DA RUA CONSTANTE CASAGRANDE.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_78.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_78.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AOS CORREIOS PARA REALIZAR ENTREGA DE CORRESPONDÊNCIA E AFINS NO BAIRRO NOVO TEMPO</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_79.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_79.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PISTA DE BOLICHE NO ESPAÇO DO GRUPO ALEGRIA.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_80.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_80.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR A VIGILÂNCIA SOCIOASSISTENCIAL, QUE VISA ANALISAR TERRITORIALMENTE A CAPACIDADE PROTETIVA DAS FAMÍLIAS E NELA A OCORRÊNCIA DE VULNERABILIDADES, AMEAÇAS, VITIMIZAÇÕES E DANOS.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_81.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_81.2021.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE ASSISTÊNCIA FINANCEIRA EMERGENCIAL A MÚSICOS INTÉRPRETES E PRODUTORES DE EVENTOS MUSICAIS QUE EXERÇAM SUAS ATIVIDADES EM ESTABELECIMENTOS COMERCIAIS E ESPAÇOS TEMPORARIAMENTE FECHADOS EM RAZÃO DA EMERGÊNCIA SANITÁRIA DECORRENTE DO NOVO CORONAVÍRUS (COVID-19).</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_82.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_82.2021.pdf</t>
   </si>
   <si>
     <t>TROCA DE POSTE DE ENERGIA ELÉTRICA NA RUA CASTELO, NO BAIRRO SEAC.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_083.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_083.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO SISTEMA DE SENHA ELETRÔNICA COM RESPECTIVO ANÚNCIO, NA UNIDADE MISTA DE ATENDIMENTO DO MUNICÍPIO (PRONTO SOCORRO)</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_084.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_084.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ÁREA DE LAZER E BEM ESTAR, DENOMINADA "PRAÇA SAUDÁVEL" NA COMUNIDADE DO JIRAU.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_085.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_085.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO SEAC.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_086.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_086.2021.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS NO ATENDIMENTO MÉDICO E ESPAÇO FÍSICO, COM AQUISIÇÕES DE MATERIAIS, NO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_087.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_087.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA TREZE DE DEZEMBRO, SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_088.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_088.2021.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONCURSO PÚBLICO PARA ESTRUTURAR A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_089.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_089.2021.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO OU CONTRATAÇÃO EMERGENCIAL DE AGENTE COMUNITÁRIA DE SAÚDE, PARA ATENDER DEMANDA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_090.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_090.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A IMPLANTAÇÃO DE PONTOS DE ÔNIBUS PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NESTA CIDADE, EM ESPECIAL EM FRENTE AO BANCO DO BRASIL E AO LADO DA FARMÁCIA SÃO MARCOS QUE ATENDERÁ OS ALUNOS DA ESCOLA EEEM PEDRO PAULO GROBÉRIO, QUE FICA LOCALIZADA NO CENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_091.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_091.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR AS MEDIDAS CABÍVEIS AO GERENCIAMENTO E COLETA DOS RESÍDUOS DE SERVIÇOS DE SAÚDE, ALTERANDO O ARTIGO 5º DA LEI MUNICIPAL Nº 1.272/2015, OU CRIANDO MECANISMOS NA PRÓPRIA LEI, PARA CONTAR COM O APOIO DE UMA EMPRESA NO GERENCIAMENTO DE RESÍDUOS DE DIFERENTES RISCOS GERADOS EM QUALQUER TIPO DE ESTABELECIMENTO DE ATENÇÃO À SAÚDE HUMANA OU ANIMAL, MEDIANTE PROCESSO LICITATÓRIO, COM OU SEM COBRANÇA DE TAXA.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_092.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_092.2021.pdf</t>
   </si>
   <si>
     <t>INCENTIVAR A CRIAÇÃO DE ASSOCIAÇÃO "JAGUARÉ ARTESANAL" NA BR 101 PARA COMERCIALIZAR E DAR VISIBILIDADE AOS PRODUTOS ARTESANAIS DOS PRODUTORES DE JAGUARÉ E ARTESÃOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_093.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_093.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE ESGOTO E PAVIMENTAÇÃO NAS RUAS ROMUALDO GASPARINI E WILLIAN VIEIRA BARBOSA NO BAIRRO BOA VISTA II.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_094.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_094.2021.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE PROJETOS E/OU AÇÕES COM APROVEITAMENTO DOS ESPAÇOS PÚBLICOS DO MUNICÍPIO PARA PRÁTICAS CULTURAIS E ESPORTIVAS.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_095.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_095.2021.pdf</t>
   </si>
   <si>
     <t>I- CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA ESCOLA PATRIMÔNIO ALTOÉ, LOCALIZADA NA COMUNIDADE DO DEZOITO. II- CONSTRUÇÃO DE ÁREA COBERTA NA ESCOLA ADENIL QUIUQUI, LOCALIZADA NO CÓRREGO DA JAPIRA.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_096.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_096.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA DE LAZER COM INSTALAÇÃO DE ACADEMIA POPULAR DE SAÚDE AO AR LIVRE EM BARRA SECA DE PONTE NOVA.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_097.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_097.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA EM SÃO JOÃO DO ESTIVADO.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_098.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_098.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_099.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_099.2021.pdf</t>
   </si>
   <si>
     <t>MELHORIA DA INFRAESTRUTURA NO BAIRRO PALMITAL. I- REDE DE ESGOTO; II- ÁREA DE LAZER E; III- CRECHE.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_100.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_100.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CRAS ITINERANTE NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_101.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_101.2021.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA PÔR DO SOL, BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_102.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_102.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR NO CALENDÁRIO DO MUNICÍPIO A SEMANA DE CIÊNCIAS, TECNOLOGIA E INOVAÇÕES NO MÊS DE OUTUBRO DE CADA ANO.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_103.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_103.2021.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA "PEDRO ÁLVARES CABRAL", LOCALIZADA NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_104.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_104.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA DE LAZER NO ENTORNO DO CAMPO DE FUTEBOL, LOCALIZADO NO BAIRRO SEAC.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_105.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_105.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR REPAROS E MANUTENÇÃO NO BUEIRO EXISTENTE NA RUA VALDEMAR MEDEIROS, BAIRRO SEAC.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_106.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_106.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO TREVISAN.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_107.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_107.2021.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE TRECHO DA RUA PASCHOAL BRIOSCHI.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_108.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_108.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR O AGENDAMENTO DOS MUNÍCIPES PARA A VACINAÇÃO DO COVID-19, QUE NÃO POSSUEM OU TENHAM ACESSO A TELEFONE E/OU INTERNET, QUE SEJA REALIZADO NO PS DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_109.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_109.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROJETO "BICICLETA POPULAR".</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_110.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_110.2021.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PROGRAMA GRATUITO DE CASTRAÇÃO DE CÃES E GATOS, BEM COMO REALIZAÇÃO DE CAMPANHA EDUCATIVA COM A MESMA FINALIDADE.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>ADEUTER TADEU GABRIEL, ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_111.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_111.2021.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR: CALÇAMENTO DA RUA JOSIAS BASSETI, QUE CONFRONTA COM A RUA UIRAPURU, SENTIDO BAIRRO NOVO TEMPO, A EXTENSÃO QUE FALTA ATÉ O MURO DE DIVISA COM O CLUBE RECREATIVO; II – PROVIDENCIAR: CALÇAMENTO DA RUA ALTAMIR BASSETI, QUE CONFRONTA COM A RUA UIRAPURU, SENTIDO BAIRRO NOVO TEMPO, A EXTENSÃO QUE FALTA ATÉ O MURO DE DIVISA COM O CLUBE RECREATIVO.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_112.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_112.2021.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO GOVERNO DO ESTADO PARA IMPLANTAR EM JAGUARÉ O CENTRO MUNICIPAL DE IDIOMAS.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_113.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_113.2021.pdf</t>
   </si>
   <si>
     <t>INCENTIVAR, FOMENTAR E VIABILIZAR A CONSTRUÇÃO DE FOSSAS SÉPTICAS BIODIGESTORES NA ZONA RURAL.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_114.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_114.2021.pdf</t>
   </si>
   <si>
     <t>ESTIMULAR A INCLUSÃO DE CRIANÇAS E JOVENS COM DEFICIÊNCIA EM MODALIDADES ESPORTIVAS NO MUNICÍPIO, BEM COMO INCLUIR NO CALENDÁRIO MUNICIPAL A “SEMANA DOS JOGOS PARALÍMPICOS”.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_115.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_115.2021.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR A IMPLANTAÇÕES/CONSTRUÇÕES DE REDUTORES DE VELOCIDADE POR ONDULAÇÕES (QUEBRA-MOLAS) NAS RUAS: SILVAN PARIS; ARLINDO MORETO E RAFAEL SOSSAI, TANTOS QUANTOS FOREM NECESSÁRIOS A EVITAR ACIDENTES, NA ALTURA DA PRAÇA (ANTIGO BOTAFOGO). II – PROVIDENCIAR A IMPLANTAÇÕES/CONSTRUÇÕES DE REDUTORES DE VELOCIDADE POR ONDULAÇÕES (QUEBRA-MOLAS) NA AV. 09 DE AGOSTO, NA ALTURA DA PRAÇA (ANTIGO BOTAFOGO).</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_116.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_116.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR: CALÇAMENTO E ILUMINAÇÃO, A EXTENSÃO QUE FALTA DAS RUAS: SEBASTIÃO PINTO MARTINS; DARCY RUSSE; TREZE DE DEZEMBRO; E TEREZINHA DE PRÁ.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_118.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_118.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RUA BELARMINO MORAES, LOCALIZADA EM BARRA SECA DE PONTE NOVA.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_119.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_119.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) QUEBRA-MOLAS NA RUA TANCREDO DE ALMEIDA NEVES, BAIRRO PALMITAL.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_120.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_120.2021.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR PEDAGOGO ESCOLAR ITINERANTE PARA AS ESCOLAS LOCALIZADAS NA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Construção do muro aos fundos do Cemitério de Jaguaré, na Avenida Conilon.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_122.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_122.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUIR CAMPANHA PERMANENTE DE PROMOÇÃO DO "PRODUTO ORGÂNICO".</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_123.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_123.2021.pdf</t>
   </si>
   <si>
     <t>REPARO E MANUTENÇÃO NO CALÇAMENTO DAS RUAS NA COMUNIDADE DO PALMITO.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_124.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_124.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR UM REDUTOR DE VELOCIDADE NA AV. NOVE DE AGOSTO, CENTRO, EM FRENTE À OFICINA DO NENÉM, PRÓXIMO A COOABRIEL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>JAIR SANDRINI, PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_125.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_125.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR: PAVIMENTAÇÃO E SE NECESSÁRIO CONVÊNIO COM O GOVERNO ESTADUAL PARA CALÇAR A ESTRADA DA COMUNIDADE DE VARGEM GRANDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Criar cargos de DOULAS no município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_127.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_127.2021.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA DO “CEIM BOA VISTA”, NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_128.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_128.2021.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DO HORÁRIO DE ATENDIMENTO DAS UNIDADES BÁSICAS DE SAÚDE, AO MENOS UMA VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_129.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_129.2021.pdf</t>
   </si>
   <si>
     <t>QUE O MUNICÍPIO BUSQUE ESFORÇOS JUNTO AO DER PARA A INSTALAÇÃO DE SINALIZAÇÃO NA RODOVIA DOM JOSÉ DALVIT, EM ESPECIAL AS PLACAS RELACIONADAS AO FLUXO DE CICLISTAS.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_130.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_130.2021.pdf</t>
   </si>
   <si>
     <t>AO CHEFE DO EXECUTIVO MUNICIPAL, PROVIDENCIAR OS RECURSOS NECESSÁRIOS PARA AQUISIÇÃO DE AMBULÂNCIAS PARA MELHOR ATENDER NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_131.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_131.2021.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DA AV. DOM JOSÉ DALVIT, ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1266/mocao_de_aplauso_1_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1266/mocao_de_aplauso_1_-_elizeu.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao Senhor GUTHIERI JAVARINI RODRIGUES</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>Votos de Moção ao Departamento de Policia Militar, mormente pelos serviços prestados por ações defensivas e ostensivas, garantindo a paz e a ordem a este Município.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1385/projeto_de_decreto_legislativo_001.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1385/projeto_de_decreto_legislativo_001.2021.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2016.”</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_decreto_legislativo_002.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_decreto_legislativo_002.2021.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2017.”</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>Concede título de Cidadã de Jaguaré-ES a Sra. Gabriella Zaché dos Santos.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_decreto_legislativo_004.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_decreto_legislativo_004.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MARCOS ANTÔNIO GUERRA WANDERMUREM A LICENCIAR-SE DE SEU CARGO NO PERÍODO DE 12 DE NOVEMBRO À 11 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_decreto_legislativo_005.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_decreto_legislativo_005.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MARCOS ANTÔNIO GUERRA WANDERMUREM A LICENCIAR-SE DE SEU CARGO NO PERÍODO DE 12 A 31 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>ADEUTER TADEU GABRIEL, JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_emenda_a_lei_organica_001.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_emenda_a_lei_organica_001.2021.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO §5º DO ART. 55 DA LEI ORGÂNICA DO MUNICÍPIO DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1236/scan_20210211163319.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1236/scan_20210211163319.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS ART 1º; 2º; E 3º E INCLUI PARAGRAFO ÚNICO AO ART. 1º AMBOS DA LEI Nº 814, DE 11 DE MAIO DE 2009, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1268/pll_002.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1268/pll_002.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUEM DIREITOS E GARANTIAS DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1282/pll_003.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1282/pll_003.2021.pdf</t>
   </si>
   <si>
     <t>FICA VEDADO O ACESSO A CARGOS PÚBLICOS DE LIVRE NOMEAÇÃO E EXONERAÇÃO DE PESSOAS CONDENADAS POR CRIME CONTRA A MULHER, NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1310/pll_04.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1310/pll_04.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INFRAÇÕES ADMINISTRATIVAS DERIVADAS DE CONDUTAS E ATIVIDADES LESIVAS AO ENFRENTAMENTO DA EMERGÊNCIA DE SAÚDE PÚBLICA DECORRENTE DO NOVO CORONAVÍRUS - COVID-19 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_legislativo_005.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_legislativo_005.2021.pdf</t>
   </si>
   <si>
     <t>CRIA E REGULAMENTA AS REGIÕES QUE SERÃO ATENDIDAS PELO PROGRAMA AGRO MAIS, INSTITUÍDO PELA LEI Nº 1.239/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>“ALTERA REDAÇÃO DOS ARTS. 185 E 188 E INCLUIR OS §4º E §5º AO ARTIGO 188, DA LEI MUNICIPAL Nº 734 DE 19 DE OUTUBRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>Denomina "FAUSTINO CARMINATI SOBRINHO" nome da Rua no Distrito de Fátima, neste Município.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_legislativo_008.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_legislativo_008.2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ALEXANDRE IGNÁCIO LUCHI" NOME DE RUA PROJETADA NO DISTRITO DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_legislativo_009.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_legislativo_009.2021.pdf</t>
   </si>
   <si>
     <t>“INCLUIR PARÁGRAFO ÚNICO AO ARTIGO 1º E INCLUIR PARÁGRAFOS AOS ARTIGOS 8 E 12 TODOS DA LEI MUNICIPAL Nº 1.433/2018, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_legislativo_010.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_legislativo_010.2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA "NOELITA CANAL" A UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_legislativo_011.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_legislativo_011.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O RECONHECIMENTO DE CARÁTER EDUCACIONAL E FORMATIVO DA CAPOEIRA EM SUAS MANIFESTAÇÕES CULTURAIS E ESPORTIVAS, PERMITE A CELEBRAÇÃO DE PARCERIAS COM A REDE PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_012.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_012.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ARQUIVOS PÚBLICOS, OS DOCUMENTOS DE ARQUIVO E SUA GESTÃO, O PLANO DE CLASSIFICAÇÃO E A TABELA DE TEMPORALIDADE DE DOCUMENTOS DA CÂMARA MUNICIPAL DE JAGUARÉ DO ESTADO DO ESPÍRITO SANTO, DEFINEM NORMAS PARA AVALIAÇÃO, GUARDA E ELIMINAÇÃO DE DOCUMENTOS DE ARQUIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_legislativo_013.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_legislativo_013.2021.pdf</t>
   </si>
   <si>
     <t>CRIA O PROCON LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_014.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_014.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DA ESCOLA UNIDOCENTE MUNICIPAL “JUNDIÁ” PARA “EUM - ESCOLA UNIDOCENTE MUNICIPAL - BELMIRO GIOVANELLI”, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_legislativo_015.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_legislativo_015.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS PROTETIVAS AOS DIREITOS DOS ESTUDANTES DO SISTEMA DE ENSINO MUNICIPAL DA CIDADE DE JAGUARÉ-ES AO APRENDIZADO DA LÍNGUA PORTUGUESA DE ACORDO COM A NORMA CULTA E ORIENTAÇÕES LEGAIS DE ENSINO, EM ESPECIAL, SOBRE A VEDAÇÃO DO USO DE NOVAS FORMAS DE FLEXÃO DE GÊNERO E DE NÚMERO DAS PALAVRAS DA LÍNGUA PORTUGUESA, EM CONTRARIEDADE ÀS REGRAS GRAMATICAIS CONSOLIDADAS NO PAÍS E APROVADAS PELA COMUNIDADE LUSÓFONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_legislativo_016.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_legislativo_016.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE UTILIZAÇÃO DE MANGUEIRA TRANSPARENTE NOS POSTOS DE ABASTECIMENTO DE COMBUSTÍVEIS SITUADOS NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_legislativo_017.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_legislativo_017.2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA "LUIZ RODRIGUES" A UNIDADE BÁSICA DE SAÚDE LOCALIZADA EM ÁGUA LIMPA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_legislativo_018.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_legislativo_018.2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA “GLEICE RODRIGUES PREATO” A PRAÇA DE LAZER DO PARQUE ÁGUA LIMPA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_019.2021_-_repristinacao_-_diaria.docx.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_019.2021_-_repristinacao_-_diaria.docx.pdf</t>
   </si>
   <si>
     <t>Repristina redação da Alínea "C" do Inciso II; e § 4º do Artigo 3º, da Lei nº 814, de 11 de maio de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei__020.2021_-_menor_aprendiz.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei__020.2021_-_menor_aprendiz.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE GOVERNO ADOLESCENTE APRENDIZ MUNICIPAL.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 76 DA LEI MUNICIPAL Nº 734, DE 19 DE DEZEMBRO DE 2007.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_resolucao_001.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_resolucao_001.2021.pdf</t>
   </si>
   <si>
     <t>INCLUI DISPOSITIVO A RESOLUÇÃO 49/91 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JAGUARÉ - ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
     <t>MARCOS ANTONIO GUERRA WANDERMUREM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_executivo_001.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_executivo_001.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ, COM O MOVIMENTO DE EDUCAÇÃO PROMOCIONAL DO ESPÍRITO SANTO - MEPES E COM A ASSOCIAÇÃO DE DEFICIENTES VISUAIS DE JAGUARÉ-ES – UNICEJ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_executivo_002.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_executivo_002.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.197, DE 04 DE NOVEMBRO DE 2014, QUE DISPÕE SOBRE A CRIAÇÃO DE INCENTIVOS AO DESENVOLVIMENTO INDUSTRIAL DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_executivo_003.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_executivo_003.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI Nº 1501, DE 03 DE JULHO DE 2019, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1285/projeto_de_lei_executivo_004.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1285/projeto_de_lei_executivo_004.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI Nº 869, DE 08 DE FEVEREIRO DE 2010, QUE AUTORIZA DO CHEFE DO EXECUTIVO A CONCEDER SUBSÍDIO AO TRANSPORTE ESCOLAR DE ESTUDANTES DE CURSOS DE QUALIFICAÇÃO PROFISSIONAL, TÉCNICOS E ESTUDANTES UNIVERSITÁRIOS DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_executivo_005.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_executivo_005.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACONSELHAMENTO E CONTROLE SOCIAL (CACS), DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB), EM CONFORMIDADE COM O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL E REGULAMENTADO NA FORMA DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1299/projeto_de_lei_executivo_006.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1299/projeto_de_lei_executivo_006.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1316/projeto_de_lei_executivo_007.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1316/projeto_de_lei_executivo_007.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANTÃO ESPECIAL DESTINADO AOS MÉDICOS CONTRATADOS EMERGENCIALMENTE PARA PRESTAREM SERVIÇOS EM ÁREAS DE ATENDIMENTO EXCLUSIVO À PACIENTES SUSPEITOS E/OU DIAGNÓSTICO PARA - COVID-19, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1321/pl_008.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1321/pl_008.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO), PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_executivo_009.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_executivo_009.2021.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE TURISMO DE JAGUARÉ - ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_executivo_010.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_executivo_010.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE APOIO AO DESENVOLVIMENTO ECONÔMICO E EXPANSÃO EMPRESARIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_executivo_011.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_executivo_011.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL - FMEIEF DO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_executivo_012.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_executivo_012.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE A COBRANÇA DOS SERVIÇOS PÚBLICOS DE MANEJO DE RESÍDUOS SÓLIDOS URBANOS (SMRSU) NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_executivo_013.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_executivo_013.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CONCEDER PARCELAMENTO DE DÉBITO E ANISTIA FISCAL NOS CASOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_executivo_014.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_executivo_014.2021.pdf</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_executivo_015.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_executivo_015.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 683, DE 15 DE DEZEMBRO DE 2006, QUE INSTITUIU O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1420/pl_016_-_termo_fomento_federacao_capixaba_de_corrida_de_aventura.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1420/pl_016_-_termo_fomento_federacao_capixaba_de_corrida_de_aventura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE JAGUARÉ A FIRMAR TERMO DE FOMENTO COM A FEDERAÇÃO CAPIXABA DE CORRIDA DE AVENTURA - FCCA, BEM COMO A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1425/pl_017_-_loa_2022_com_as_alteracoes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1425/pl_017_-_loa_2022_com_as_alteracoes.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITAS E FIXA DESPESAS DO MUNICÍPIO DE JAGUARÉ-ES PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1426/pl_018_-_ppa_2022-2025_com_as_alteracoes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1426/pl_018_-_ppa_2022-2025_com_as_alteracoes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL - PPA PARA O QUADRIÊNIO DE 2022-2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_executivo_019.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_executivo_019.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_executivo_020.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_executivo_020.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS DO FUNDO MUNICIPAL DE CONSERVAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1439/projeto_de_lei_executivo_021.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1439/projeto_de_lei_executivo_021.2021.pdf</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1453/projeto_de_lei_executivo_022.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1453/projeto_de_lei_executivo_022.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_executivo_023.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_executivo_023.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS DO FUNDO MUNICIPAL DE CONSERVAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_executivo_024.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_executivo_024.2021.pdf</t>
   </si>
   <si>
     <t>RATIFICA A REDAÇÃO DO PROTOCOLO DE INTENÇÕES DA AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO BÁSICO DO ESPÍRITO SANTO (ARIES) E RATIFICA O INGRESSO DO MUNICÍPIO NO CONSÓRCIO.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_executivo_025.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_executivo_025.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>ELDER SOSSAI DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_executivo_026.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_executivo_026.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 673/2006, QUE DISPÕE SOBRE O ESTATUTO E O PLANO DE CARREIRAS E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1467/projeto_de_lei_executivo_027.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1467/projeto_de_lei_executivo_027.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.538/2020, AUTORIZANDO O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>MUNICÍPIO DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>MUNICIPIO JAGUARE</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_executivo_030.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_executivo_030.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL AO ORÇAMENTO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL PARA INCLUIR ELEMENTO DE DESPESA</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1483/pl_031_-_dispoe_vigencia_e_prazo_para_encaminhamento_ppa_ldo_e_loa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1483/pl_031_-_dispoe_vigencia_e_prazo_para_encaminhamento_ppa_ldo_e_loa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VIGÊNCIA E PRAZO DE ENCAMINHAMENTO DO PLANO PLURIANUAL – PPA, DA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO - E DA LEI ORÇAMENTÁRIA ANUAL - LOA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1484/pl_032_-_autoriza_firmar_acordo_judicial_de_desapropriacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1484/pl_032_-_autoriza_firmar_acordo_judicial_de_desapropriacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNÍCÍPIO DE JAGUARE - ES, ATRAVÉS DE SUA PROCURADORIA GERAL, FIRMAR ACORDO EM PROCESSO JUDICIAL DE DESAPROPRIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1485/pl_033_-_educacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1485/pl_033_-_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE COMPLEMENTO CONSTITUCIONAL AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA EM EFETIVO EXERCÍCIO QUE RECEBEM DOS 70% DO FUNDO DE MANUTENÇÃO DA EDUCAÇÃO BÁSICA (FUNDEB) NA REDE MUNICIPAL DE ENSINO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1240/scan_20210212175824.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1240/scan_20210212175824.pdf</t>
   </si>
   <si>
     <t>É ESTE PARA PROVIDENCIAR A CONSTRUÇÃO DA DEVIDA E COMPETENTE REDE DE COLETA DE AGUA FLUVIAIS. ASSIM COMO A CONSTRUÇÃO DE BUEIROS PARA A CAPTAÇÃO DE AGUA DAS CHUVAS.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_002.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_002.2021.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM 05/11/2020 A PONTE SOBRE O RIO BARRA SECA, NA ES-230, QUE LIGA OS MUNICÍPIOS DE JAGUARÉ E VILA VALÉRIO, SOFREU DESLIZAMENTO, IMPEDINDO O TRÁFEGO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_003.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_003.2021.pdf</t>
   </si>
   <si>
     <t>PEDE A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RODOVIA AUGUSTO ZORDAN, A ESTRADA DO GIRAL</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1272/requerimento_004.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1272/requerimento_004.2021.pdf</t>
   </si>
   <si>
     <t>NO DIA 11 DE FEVEREIRO DE 2021 ENCAMINHAMOS OFÍCIO À EDP - ESCELSA, PARA QUE A MESMA FIZESSE A REMOÇÃO DE UM POSTE NA AV. CONILON COM A RUA OSVALDO RIBEIRO DA COSTA. EM RESPOSTA, A EDP - ESCELSA INFORMOU QUE PARA FAZER A REMOÇÃO DO POSTE É NECESSÁRIO CUSTEAR AS DESPESAS DE R$786,31 9 SETECENTOS E OITENTA E SEIS REAIS E TRINTA E UM CENTAVOS. REQUER COM A MÁXIMA URGÊNCIA, QUE VOSSA EXCELÊNCIA BUSQUE PROVIDÊNCIAS NA FORMA DO OFÍCIO DA CONCESSIONÁRIA, PARA A RETIRADA E RELOCAÇÃO DO POSTE NA AV. CONILON, EVITANDO MAIORES CONSTRANGIMENTOS E RISCOS AOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1273/requerimento_005.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1273/requerimento_005.2021.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS NO SENTIDO DE FISCALIZAR O VOLUME DE DECIBÉIS PRATICADOS PELOS VEÍCULOS DE PROPAGANDA QUE CIRCULAM NO MUNICÍPIO, E SEJAM APLICADAS AS PENALIDADES PREVISTAS EM LEI, A FIM DE GARANTIR A TRANQUILIDADE E SOSSEGO PÚBLICO.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_006.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_006.2021.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ESCLARECIMENTOS QUANTO ÀS VERBAS RECEBIDAS PELO MUNICÍPIO, BEM COMO A APLICAÇÃO DESSES VALORES, SE HÁ SALDO E QUAL SERIA A DESTINAÇÃO FINAL DOS VALORES, UMA VEZ QUE PRECISAMOS DAR RESPOSTAS E ESCLARECIMENTOS A POPULAÇÃO.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_007.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_007.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR MANUTENÇÃO DE ESTRADA QUE DÁ ACESSO A COMUNIDADE SÃO JOÃO BOSCO.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_008.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_008.2021.pdf</t>
   </si>
   <si>
     <t>DIVULGAÇÃO BIMESTRAL DO CRONOGRAMA DE RECOLHIMENTO DE ENTULHOS DE OBRIGATORIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_009.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_009.2021.pdf</t>
   </si>
   <si>
     <t>GRATIFICAÇÃO AOS  PROFISSIONAIS DA SAÚDE MUNICIPAL QUE ATUAM NO COMBATE À PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_010.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_010.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR URGENTEMENTE O IMEDIATO REPARO A ILUMINAÇÃO PÚBLICA, MEDIANTE REPOSIÇÃO OU SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS OU EM MAU FUNCIONAMENTO, NOS POSTES DAS RUAS: TARCISIO ALTOÉ (BECO); ELIAS BRANDÃO; E 13 DE MAIO, TODAS NO DISTRITO DE FÁTIMA, JAGUARÉ, ES.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_011.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_011.2021.pdf</t>
   </si>
   <si>
     <t>REQUER: - QUANTIDADE DE ALUNOS MATRICULADOS NAS ESCOLAS DA REDE MUNICIPAL; - QUANTIDADE DE ALUNOS QUE RETORNARAM ‘AS AULAS, ESPECIFICANDO O NÚMERO DE EVASÃO ESCOLAR POR REGIÃO/ESCOLA; - RELAÇÃO DAS NOTAS DOS ÚLTIMOS 05 (CINCO) ANOS REFERENTE AOS EXAMES NACIONAIS QUE AVALIAM A QUALIDADE DO ENSINO.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_012.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_012.2021.pdf</t>
   </si>
   <si>
     <t>REQUER: - QUANTIDADE DE EMPREGOS CRIADOS NO ÂMBITO DO MUNÍCIPIO; - PREVISÃO DE CRIAÇÃO DE EMPREGOS PARA OS PRÓXIMOS MESES.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_013.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_013.2021.pdf</t>
   </si>
   <si>
     <t>REQUER: - QUANTIDADE DE ATENDIMENTO MÉDICO E PROCEDIMENTOS REALIZADOS NO ÂMBITO DO MUNICÍPIO; - QUANTIDADE DE ATENDIMENTO MÉDICO E PROCEDIMENTOS REALIZADOS EM MUNICÍPIO DIVERSOS, MAS ENCAMINHADO PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_014.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_014.2021.pdf</t>
   </si>
   <si>
     <t>REQUER RESPEITOSAMENTE, OUVIDO O PLENÁRIO, A FIM DE CONVOCAR A SOCIEDADE CIVIL JAGUARENSE, A PARTICIPAR DE AUDIÊNCIA PÚBLICA.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_015.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_015.2021.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE POR ONDULAÇÕES (QUEBRA-MOLAS) E FAIXAS ACIMA SE FOR POSSÍVEL, EM FRENTE À ESCOLA ECORM GIRAL E EPM SÃO SEBASTIÃO NA COMUNIDADE DO JIRAU.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_016.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_016.2021.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE AO SICOOB EM AMBAS LATERAIS DA VIA NA AV. NOVE DE AGOSTO E NA RUA SILVAN PARIZ, AO LADO DO SKINÃO.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_017.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_017.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A PAVIMENTAÇÃO DAS RUAS PASCHOAL BRISCHI, JOSIAS BASSETE E ALTAMIR BASSETE, VISANDO MAIS QUALIDADE DE VIDA PARA A POPULAÇÃO JAGUARENSE.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_018.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_018.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A REFORMA DAS QUADRAS DO BAIRRO SEAC E DA COMUNIDADE DO JIRAU.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_019.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_019.2021.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A PAVIMENTAÇÃO EM TORNO DA ESCOLA EPM SÃO SEBASTIÃO NA COMUNIDADE DO JIRAU E REDUTOR DE VELOCIDADE, CONFORME EXPOSTO ACIMA.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>Requerer a imediata solução e recuperação da ponte sobre o Rio Barra Seca – ES-230, entre os Municípios de Jaguaré e Vila Valério.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_021.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_021.2021.pdf</t>
   </si>
   <si>
     <t>REQUERER AÇÕES PARA A IMEDIATA SOLUÇÃO PARA INSTALAR ILUMINAÇÃO PÚBLICA NA RUA ALEXANDRE IGNÁCIO LUCHI, NA COMUNIDADE DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_022.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_022.2021.pdf</t>
   </si>
   <si>
     <t>REQUERER O REPARO DA RUA SILVAN PARIZ, AO LADO DO SKINÃO, PRÓXIMO A PRAÇA NOVA (ANTIGO CAMPO DO BOTAFOGO), NO CENTRO DE JAGUARÉ</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1322/veto_001.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1322/veto_001.pdf</t>
   </si>
   <si>
     <t>Poder Executivo VETA PARCIALMENTE O PL Nº 002/2021, de autoria e iniciativa do Poder Legislativo, especificamente, o § 2º do Artigo 2º e incisos III e IV do artigo 4º.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1448/veto_projeto_de_lei_legislativo_013.2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1448/veto_projeto_de_lei_legislativo_013.2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 013/2021. CRIAÇÃO DO PROCON LEGISLATIVO. AUMENTO DE DESPESA COM PESSOAL ENQUANTO VIGOR A PROIBIÇÃO PREVISTA NA LEI COMPLEMENTAR Nº 173, DE 04 DE MAIO DE 2020. CRIAÇÃO DE CARGOS COMISSIONADOS EM DESACORDO COM O DISPOSTO NO ART. 37, INCISO V, DA CONSTITUIÇÃO FEDERAL. FIXAÇÃO DE JORNADA DE TRABALHO PARA CARGOS COMISSIONADOS. ILEGALIDADE/INCONSTITUCIONALIDADE. PARECER PELO VETO TOTAL.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1454/veto_003.2021_-_oficio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1454/veto_003.2021_-_oficio.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI LEGISLATIVO Nº 16/2021. POSTOS DE COMBUSTÍVEIS. USO DE MANGUEIRA TRANSPARENTE. OBRIGATORIEDADE. INCONSTITUCIONALIDADE MATERIAL. PORTARIA INMETRO Nº 559/2016. OFÍCIO CIRCULAR INMETRO Nº 36/2019. PARECER PELO VETO TOTAL.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>VOTP</t>
   </si>
   <si>
     <t>Votos de Pesar</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento da Senhora Ângela Maria Gasparini Trevisan.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -3001,67 +3001,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1235/scan_20210205122229.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1260/anteprojeto_02-21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1257/anteprojeto_elizeu_03-21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1311/apl_04.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1305/apl_05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1312/apl_06.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1332/anteprojeto_lei_007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1338/ant_proj_8.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1411/anteprojeto_legislativo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1401/anteprojeto_legislativo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1387/emenda_modificativa_003.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1397/emenda_modificativa_004.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1465/emenda_modificativa_005.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1243/scan_20210212175810.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_3_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1239/scan_20210212161958.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1238/scan_20210212162008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1265/scan_20210308193851.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1261/scan_20210308193831.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_8_-_penha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_9-_penha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1262/scan_20210308193116.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1263/scan_20210308192945.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1264/scan_20210308192829.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1276/scan_20210311160233.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1277/scan_20210311160315.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1278/scan_20210311160342.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1246/scan_20210226170025-0016.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1247/scan_20210226170035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1248/scan_20210226170043.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_019.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1250/scan_20210226195722.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1251/scan_20210226195731.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1252/scan_20210226195740.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1253/scan_20210226195750.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1254/scan_20210226195758.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1255/scan_20210226195807.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1256/scan_20210226195830.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1258/scan_20210301162303-27.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1259/scan_20210301162319-28.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1269/ind_29.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1270/ind_30.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1271/ind_31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1274/ind_32.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1275/ind_33.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_034.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1281/ind_35.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1286/ind_36.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1287/ind_37.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1288/ind_38.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1289/ind_39.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1290/ind_40.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1291/ind_41.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1295/ind_42.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1292/ind_43.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1293/ind_44.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1294/ind_45.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1296/ind_46.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1298/ind_47.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1301/ind_48.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1302/ind_49.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1303/ind_50.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1304/ind_51.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1306/ind_52.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1307/ind_53.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1308/ind_54.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1309/ind_55.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1315/ind_56.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1313/ind_57.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1314/ind_58.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1317/ind_59.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_60.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_61.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_62.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_64.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_65.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_66.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_67.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_68.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_69.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_70.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_71.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_072.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_73.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_74.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_75.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_076.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_077.2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_78.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_79.2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_80.2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_81.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_82.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_083.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_084.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_085.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_086.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_087.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_088.2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_089.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_090.2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_091.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_092.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_093.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_094.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_095.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_096.2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_097.2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_098.2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_099.2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_100.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_101.2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_102.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_103.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_104.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_105.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_106.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_107.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_108.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_109.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_110.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_111.2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_112.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_113.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_114.2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_115.2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_116.2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_118.2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_119.2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_120.2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_122.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_123.2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_124.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_125.2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_127.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_128.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_129.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_130.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_131.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1266/mocao_de_aplauso_1_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1385/projeto_de_decreto_legislativo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_decreto_legislativo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_decreto_legislativo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_decreto_legislativo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_emenda_a_lei_organica_001.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1236/scan_20210211163319.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1268/pll_002.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1282/pll_003.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1310/pll_04.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_legislativo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_legislativo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_legislativo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_legislativo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_legislativo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_legislativo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_legislativo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_legislativo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_legislativo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_legislativo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_019.2021_-_repristinacao_-_diaria.docx.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei__020.2021_-_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_resolucao_001.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_executivo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_executivo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_executivo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1285/projeto_de_lei_executivo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_executivo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1299/projeto_de_lei_executivo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1316/projeto_de_lei_executivo_007.2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1321/pl_008.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_executivo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_executivo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_executivo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_executivo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_executivo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_executivo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_executivo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1420/pl_016_-_termo_fomento_federacao_capixaba_de_corrida_de_aventura.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1425/pl_017_-_loa_2022_com_as_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1426/pl_018_-_ppa_2022-2025_com_as_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_executivo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_executivo_020.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1439/projeto_de_lei_executivo_021.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1453/projeto_de_lei_executivo_022.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_executivo_023.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_executivo_024.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_executivo_025.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_executivo_026.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1467/projeto_de_lei_executivo_027.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_executivo_030.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1483/pl_031_-_dispoe_vigencia_e_prazo_para_encaminhamento_ppa_ldo_e_loa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1484/pl_032_-_autoriza_firmar_acordo_judicial_de_desapropriacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1485/pl_033_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1240/scan_20210212175824.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_002.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_003.2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1272/requerimento_004.2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1273/requerimento_005.2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_006.2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_007.2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_008.2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_009.2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_010.2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_011.2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_012.2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_013.2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_014.2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_015.2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_016.2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_017.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_018.2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_019.2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_021.2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_022.2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1322/veto_001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1448/veto_projeto_de_lei_legislativo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1454/veto_003.2021_-_oficio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1235/scan_20210205122229.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1260/anteprojeto_02-21.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1257/anteprojeto_elizeu_03-21.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1311/apl_04.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1305/apl_05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1312/apl_06.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1332/anteprojeto_lei_007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1338/ant_proj_8.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1411/anteprojeto_legislativo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1401/anteprojeto_legislativo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1387/emenda_modificativa_003.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1397/emenda_modificativa_004.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1465/emenda_modificativa_005.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1243/scan_20210212175810.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao_3_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1239/scan_20210212161958.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1238/scan_20210212162008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1265/scan_20210308193851.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1261/scan_20210308193831.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao_8_-_penha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao_9-_penha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1262/scan_20210308193116.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1263/scan_20210308192945.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1264/scan_20210308192829.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1276/scan_20210311160233.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1277/scan_20210311160315.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1278/scan_20210311160342.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1246/scan_20210226170025-0016.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1247/scan_20210226170035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1248/scan_20210226170043.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_019.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1250/scan_20210226195722.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1251/scan_20210226195731.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1252/scan_20210226195740.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1253/scan_20210226195750.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1254/scan_20210226195758.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1255/scan_20210226195807.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1256/scan_20210226195830.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1258/scan_20210301162303-27.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1259/scan_20210301162319-28.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1269/ind_29.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1270/ind_30.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1271/ind_31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1274/ind_32.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1275/ind_33.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao_034.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1281/ind_35.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1286/ind_36.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1287/ind_37.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1288/ind_38.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1289/ind_39.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1290/ind_40.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1291/ind_41.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1295/ind_42.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1292/ind_43.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1293/ind_44.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1294/ind_45.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1296/ind_46.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1298/ind_47.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1301/ind_48.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1302/ind_49.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1303/ind_50.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1304/ind_51.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1306/ind_52.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1307/ind_53.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1308/ind_54.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1309/ind_55.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1315/ind_56.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1313/ind_57.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1314/ind_58.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1317/ind_59.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_60.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_61.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_62.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_64.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_65.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_66.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_67.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_68.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_69.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_70.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_71.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1336/indicacao_072.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_73.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_74.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_75.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1341/indicacao_076.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1342/indicacao_077.2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_78.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_79.2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_80.2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_81.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_82.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao_083.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao_084.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1362/indicacao_085.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao_086.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao_087.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao_088.2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao_089.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao_090.2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao_091.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao_092.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao_093.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao_094.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao_095.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao_096.2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao_097.2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1388/indicacao_098.2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_099.2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_100.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_101.2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_102.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_103.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_104.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_105.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_106.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_107.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_108.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_109.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_110.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_111.2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao_112.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1435/indicacao_113.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1436/indicacao_114.2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao_115.2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao_116.2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao_118.2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao_119.2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao_120.2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao_122.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao_123.2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao_124.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao_125.2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1471/indicacao_127.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_128.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1473/indicacao_129.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1474/indicacao_130.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao_131.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1266/mocao_de_aplauso_1_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1385/projeto_de_decreto_legislativo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_decreto_legislativo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_decreto_legislativo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_decreto_legislativo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1463/projeto_de_emenda_a_lei_organica_001.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1236/scan_20210211163319.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1268/pll_002.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1282/pll_003.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1310/pll_04.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_legislativo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_legislativo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1357/projeto_de_lei_legislativo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_legislativo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_legislativo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_legislativo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_legislativo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_legislativo_016.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_legislativo_017.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_legislativo_018.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_019.2021_-_repristinacao_-_diaria.docx.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei__020.2021_-_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1346/projeto_de_resolucao_001.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_executivo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_executivo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_executivo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1285/projeto_de_lei_executivo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_executivo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1299/projeto_de_lei_executivo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1316/projeto_de_lei_executivo_007.2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1321/pl_008.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_executivo_009.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_executivo_010.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_executivo_011.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_executivo_012.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_executivo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_executivo_014.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_executivo_015.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1420/pl_016_-_termo_fomento_federacao_capixaba_de_corrida_de_aventura.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1425/pl_017_-_loa_2022_com_as_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1426/pl_018_-_ppa_2022-2025_com_as_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_executivo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_executivo_020.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1439/projeto_de_lei_executivo_021.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1453/projeto_de_lei_executivo_022.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_executivo_023.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_executivo_024.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1459/projeto_de_lei_executivo_025.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_executivo_026.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1467/projeto_de_lei_executivo_027.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1482/projeto_de_lei_executivo_030.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1483/pl_031_-_dispoe_vigencia_e_prazo_para_encaminhamento_ppa_ldo_e_loa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1484/pl_032_-_autoriza_firmar_acordo_judicial_de_desapropriacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1485/pl_033_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1240/scan_20210212175824.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_002.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_003.2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1272/requerimento_004.2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1273/requerimento_005.2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_006.2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_007.2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_008.2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_009.2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1419/requerimento_010.2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_011.2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_012.2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_013.2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_014.2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1477/requerimento_015.2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_016.2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento_017.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1488/requerimento_018.2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1489/requerimento_019.2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_021.2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1492/requerimento_022.2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1322/veto_001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1448/veto_projeto_de_lei_legislativo_013.2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2021/1454/veto_003.2021_-_oficio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H238"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>