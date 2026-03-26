--- v0 (2026-02-03)
+++ v1 (2026-03-26)
@@ -54,1999 +54,1999 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>JOSE CARLOS ALVES JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1545/01_anteprojeto_sucatas_-_junior_alves..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1545/01_anteprojeto_sucatas_-_junior_alves..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IDENTIFICAÇÃO DE VENDEDORES E COMPRADORES DE SUCATAS - FERRO-VELHO, ALÉM DA PROCEDÊNCIA DO MATERIAL, QUANDO OCORRER A NEGOCIAÇÃO NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1591/02_anteprojeto_auxilio_-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1591/02_anteprojeto_auxilio_-_ricardo.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE AUXÍLIO ESPORTES AOS ESTUDANTES DA REDE BÁSICA DE ENSINO NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1675/anteprojeto_-_ricardo_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1675/anteprojeto_-_ricardo_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROJETO DE APROVAÇÃO SIMPLIFICADA RESPONSÁVEL - ASR, PARA EDIFICAÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1531/1_-_emenda_aditiva_projeto_09-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1531/1_-_emenda_aditiva_projeto_09-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO NO ART. 2º AO PROJETO DE LEI EXECUTIVO Nº 09/2022 QUE DISPÕE SOBRE A CONDUÇÃO DE VEÍCULO OFICIAL.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1539/2_-_emenda_aditiva_e_modificativa_projeto_07-2022.docx.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1539/2_-_emenda_aditiva_e_modificativa_projeto_07-2022.docx.pdf</t>
   </si>
   <si>
     <t>ALTERAR, ACRESCENTAR ARTIGOS AO PROJETO DE LEI EXECUTIVO Nº 007/2022 DISPÕE SOBRE A UNIFICAÇÃO DA LEI E ATOS NORMATIVOS QUE REGULAMENTAM O SIM - SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA E INDUSTRIAL EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL, NO MUNICÍPIO DE JAGUARÉ – ES.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>JEAN COSTALONGA, MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1569/1_-_emenda_aditiva_projeto_12-2021.doc</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1569/1_-_emenda_aditiva_projeto_12-2021.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DO PROJETO DE LEI Nº 12/2021.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>JAIR SANDRINI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1554/1_-_emenda_modificativa_projeto_07-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1554/1_-_emenda_modificativa_projeto_07-2022.pdf</t>
   </si>
   <si>
     <t>ALTERAR O ARTIGO 3º AO PROJETO DE LEI EXECUTIVO Nº 007/2022 QUE DISPÕE SOBRE A UNIFICAÇÃO DA LEI E ATOS NORMATIVOS QUE REGULAMENTAM O SIM - SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA E INDUSTRIAL EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL, NO MUNICÍPIO DE JAGUARÉ – ES.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1503/001_indicacao-fazer_reparo_urgente_na_rua_que_liga_o_bairro_laquine_ao_bairro_nova_esperanca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1503/001_indicacao-fazer_reparo_urgente_na_rua_que_liga_o_bairro_laquine_ao_bairro_nova_esperanca.pdf</t>
   </si>
   <si>
     <t>FAZER REPARO URGENTE NA RUA QUE LIGA O BAIRRO LAQUINE AO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1504/002_indicacao-descentralizar_o_local_de_aplicacao_de_cursos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1504/002_indicacao-descentralizar_o_local_de_aplicacao_de_cursos.pdf</t>
   </si>
   <si>
     <t>DESCENTRALIZAR O LOCAL DE APLICAÇÃO DE CURSOS DO CENTRO DE CAPACITAÇÃO BEM VIVER E LEVAR PRINCIPALMENTE AOS BAIRROS SEAC E BOA VISTA VIA UNIDADES DO CRAS.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1505/003_indicacao-_contratar_professoresinstrutoresoficineiros_de_karate.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1505/003_indicacao-_contratar_professoresinstrutoresoficineiros_de_karate.pdf</t>
   </si>
   <si>
     <t>CONTRATAR PROFESSORES/INSTRUTORES/OFICINEIROS DE KARATÊ E CAPOEIRA VIA PROCESSO SELETIVO OU PRESTAÇÃO DE SERVIÇOS PARA MELHOR ATENDER O SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULO FAMILIAR DO CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL (CRAS).</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1506/004_indicacao-celeridade_no_processo_de_aquisicao_do_terreno_para_cemiterio_no_palmito.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1506/004_indicacao-celeridade_no_processo_de_aquisicao_do_terreno_para_cemiterio_no_palmito.pdf</t>
   </si>
   <si>
     <t>CELERIDADE NO PROCESSO DE AQUISIÇÃO DO TERRENO PARA CEMITÉRIO NO PALMITO.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1507/005_indicacao-_corrego_do_mosquito_no_mapa_divulgado_pela_secretaria_de_saude.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1507/005_indicacao-_corrego_do_mosquito_no_mapa_divulgado_pela_secretaria_de_saude.doc.pdf</t>
   </si>
   <si>
     <t>INSERIR OS DADOS DE COVID-19 DOS MORADORES DO CÓRREGO DO MOSQUITO NO MAPA DIVULGADO PELA SECRETATIA DE SAÚDE.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1515/006_indicacao_-_jose_carlos_alves_junior.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1515/006_indicacao_-_jose_carlos_alves_junior.doc.pdf</t>
   </si>
   <si>
     <t>REFAZER OS TAPUMES DA CONSTRUÇÃO DA ESCOLA DO BAIRRO RIVIERA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1516/007_indicacao-_jose_carlos_alves_junior.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1516/007_indicacao-_jose_carlos_alves_junior.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO NA SEGUNDA ROTATÓRIA DO BAIRRO RIVIERA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1517/008_indicacao-_preto_queiroz.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1517/008_indicacao-_preto_queiroz.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E MANUTENÇÃO DE GALERIAS DE DRENAGEM PLUVIAIS NA RUA JOSE JUNCA, LOCALIDADE DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1518/09_preto_reabertura_da_via_agua_limpa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1518/09_preto_reabertura_da_via_agua_limpa.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A REABERTURA DA AVENIDA DOM JOSÉ DALVIT, EM AGUA LIMPA.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1522/10_indicacao-_elizeu_atendimento_medico_no_mosquito.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1522/10_indicacao-_elizeu_atendimento_medico_no_mosquito.pdf</t>
   </si>
   <si>
     <t>LEVAR ATENDIMENTO MÉDICO UMA VEZ POR SEMANA OU ATÉ MESMO A CADA QUINZE DIAS PARA OS MORADORES DA COMUNIDADE DE CÓRREGO DO MOSQUITO.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1530/11_indicacao_junior_alves_-_sessao_de_15-03-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1530/11_indicacao_junior_alves_-_sessao_de_15-03-2022.pdf</t>
   </si>
   <si>
     <t>REMOÇÃO DO CANTEIRO SITUADO NA RUA ALTEMAR CERUTI NA ENTRADA DO BAIRRO RIVIERA.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1532/12_indicacao-_descentralizacao_do_setor_de_licitacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1532/12_indicacao-_descentralizacao_do_setor_de_licitacao.pdf</t>
   </si>
   <si>
     <t>DESCENTRALIZAÇÃO DO SETOR DE LICITAÇÃO.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1533/13_indicacao-_pavimentacao_da_rua_paulo_pereira_em_barra_seca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1533/13_indicacao-_pavimentacao_da_rua_paulo_pereira_em_barra_seca.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E INSTALAÇÃO DE REDE DE ESGOTO NA RUA PAULO PEREIRA PARDIM EM BARRA SECA.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1536/0014_indicacao-_construcao_de_quebra-molas..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1536/0014_indicacao-_construcao_de_quebra-molas..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA MOLAS NA RUA TANCREDO DE ALMEIDA NEVES, PRÓXIMO A IGREJA EVANGÉLICA ONDE MORA O Sr. VALDIR</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1537/0015_indicacao_-reparo_no_calcamento_no_bairro_nova_esperanca..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1537/0015_indicacao_-reparo_no_calcamento_no_bairro_nova_esperanca..pdf</t>
   </si>
   <si>
     <t>REPARO NO CALÇAMENTO DE VÁRIAS RUAS NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1546/16_indicacao_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1546/16_indicacao_ricardo.pdf</t>
   </si>
   <si>
     <t>I-	PROVIDENCIAR ESTRUTURA DE ARQUIBANCADA NO CAMPO DO JP COMUNIDADE DO JIRAU; II-	PROVIDENCIAR PAVIMENTAÇÃO DE VIA ENTRE O POSTO DE SAÚDE A CEIM ESCOLA GIRAL; III-	PROVIDENCIAR MANUTENÇÃO DO MORRO PROXIMO AO ZORDAM, NA COMUNIDADE DO JIRAU; IV-	PROVIDENCIAR UM CAMPO DE AREIA COM ALAMBRADO E ILUMINAÇÃO NO ESPAÇO PRÓXIMO A ESCOLA SANTA CATARINA BAIRRO SEAC;</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1547/17_indicacao_soprani.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1547/17_indicacao_soprani.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR ACADEMIA POPULAR PARA PRAÇA NICOLAU FALCHETTO.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1548/018_indicacao_valdemar_quadra_fatima.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1548/018_indicacao_valdemar_quadra_fatima.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR reforma e ampliação da Escola EMEF Patrimônio Nossa Senhora de Fátima. II – PROVIDENCIAR construção de quadra poliesportiva na Escola EMEF Patrimônio Nossa Senhora de Fátima. III – PROVIDENCIAR academia popular na praça da Comunidade de Fátima.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1549/019_indicacao__iluminacao_2a_rotatoriaa_riviera-_jose_carlos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1549/019_indicacao__iluminacao_2a_rotatoriaa_riviera-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS REFLETORES DO ESTÁDIO CONILON.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1552/20-_indicacao_auditorio_emef_sta_rita.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1552/20-_indicacao_auditorio_emef_sta_rita.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DE UM AUDITÓRIO ANEXO A EMEF SANTA RITA DE CÁSSIA NO PALMITO.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1553/21-_indicacao_delegacia_rural.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1553/21-_indicacao_delegacia_rural.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO GOVERNADOR DO ESTADO PARA IMPLANTAÇÃO DA DELEGACIA RURAL (DELEAGRO) EM JAGUARÉ.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1556/22_indicacao__-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1556/22_indicacao__-_jair.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR AMPLIAÇÃO DO CENTRO DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1557/023_indicacao_valdemar_quadra_fatima.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1557/023_indicacao_valdemar_quadra_fatima.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR MELHORAMENTO DA SINALIZAÇÃO DA VIA PEDRO JOSÉ ALTOÉ (ROD. ES 230) QUE DÁ ACESSO A COMUNIDADE DE FÁTIMA, COM PLACAS, PODAS DAS ARVORES, TAMPAR BURACOS, PINTURA DAS GUIAS. II – PROVIDENCIAR A SINALIZAÇÃO COM FAIXA LUMINOSA E ALTO RELEVO DA CURVA DO JUNDIÁ LOCALIZADO NA VIA PEDRO JOSÉ ALTOÉ (ROD. ES 230), BEM COMO CONSTRUÇÃO DE CAIXA DE BRITA PARA DIMINUIR A VELOCIDADE DO CARRO, COLABORAR PARA ESTABILIZAR O CARRO E EVITAR TOMBAR O CARRO EM CASO DE ACIDENTES. III – PROVIDENCIAR A MANUTENÇÃO DO ACOSTAMENTO VIA PEDRO JOSÉ ALTOÉ (ROD. ES 230) QUE DÁ ACESSO A COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1558/24_indicacao_-_preto_-_22-09.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1558/24_indicacao_-_preto_-_22-09.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR LINHA DE ÔNIBUS PARA A COMUNIDADE DE BARRA SECA PONTE NOVA.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1559/25_indicacao_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1559/25_indicacao_ricardo.pdf</t>
   </si>
   <si>
     <t>I-	PROVIDENCIAR MELHORIA NA RUA ARLINDO MORETO, PRÓXIMO AO SINDICATO DOS TRABALHADORES RURAIS; II-	PROVIDENCIAR UM QUEBRA-MOLAS NA RUA VOVÔ FRANÇA, PRÓXIMO AO Nº RESIDENCIAL 310, BAIRRO IRMÃ TEREZA; III-	PROVIDENCIAR UMA RAMPA PARA ACESSIBILIDADE NA UNIDADE DE SAÚDE PEDRO DALVI CÓRREGO DO JIRAU; IV-	PROVIDENCIAR KIT LACHE PARA AS PESSOAS QUE UTILIZAM O CARRO DA SAÚDE; V-	PROVIDENCIAR QUE SEJA DESIGNADO CARRO PARA ATENDIMENTO DA POPULAÇÃO NO HORÁRIO INTERMEDIÁRIO AS 8H00MIN. VI-	PROVIDENCIAR CALÇAMENTO DA RUA ALPHEU SOSSAI.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>PROVIDENCIAR UM PALANQUE FIXO NA COMUNIDADE SÃO PAULINHO ANEXO A QUADRA.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1561/27-indicacao-reparo_na_cobertura_da_quadra.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1561/27-indicacao-reparo_na_cobertura_da_quadra.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR REPAROS NA COBERTURA DA QUADRA DE ESPORTES DO PALMITO.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1562/28-indicacao-linhas_sao_gabriel.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1562/28-indicacao-linhas_sao_gabriel.pdf</t>
   </si>
   <si>
     <t>FAZER ESTUDO DE VIABILIDADE TÉCNICA E ECONÔMICA PARA IMPLANTAÇÃO DE LINHAS DE ÔNIBUS PASSANDO PELOS BAIRROS NOVA ESPERANÇA E NOVO TEMPO E AMPLIAR HORÁRIOS NOS BAIRROS QUE FICAM AS MARGENS DA BR 101.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1570/29_indicacao-_pavimentacao_da_ruaagua_limp_em_barra_seca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1570/29_indicacao-_pavimentacao_da_ruaagua_limp_em_barra_seca.pdf</t>
   </si>
   <si>
     <t>I-	PROVIDENCIAR A PAVIMENTAÇÃO DAS RUAS DA COMUNIDADE DE ÁGUA LIMPA DO DISTRITO DE BARRA SECA, EM ESPECIAL AS RUAS ONDE FICAM LOCALIZADO O POSTO DE SAÚDE E A COOPERATIVA. II-	PROVIDENCIAR A COLETA DE LIXO DA COMUNIDADE DE ÁGUA LIMPA DO DISTRITO DE BARRA SECA.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1571/30-indicacao_implantacao_da_casa_de_apoio_as_mulheres_vitimas_de_violencia.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1571/30-indicacao_implantacao_da_casa_de_apoio_as_mulheres_vitimas_de_violencia.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA CASA DE APOIO ÀS MULHERES VÍTIMAS DE VIOLÊNCIA E ESCUTA ESPECIALIZADA.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1576/31_-_indicacao_-_imposto_de_renda.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1576/31_-_indicacao_-_imposto_de_renda.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUE O PODER EXECUTIVO FAÇA JUNTO A RECEITA FEDERAL CADASTRAMENTO PARA RECEBIMENTO DE DOAÇÕES VOLUNTÁRIAS DE IMPOSTO DE RENDA PARA REPASSAR AS ENTIDADES QUE CUIDAM DA CRIANÇA E DO ADOLESCENTE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1578/032-_indicacao_-_ricardo_quite_esporte.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1578/032-_indicacao_-_ricardo_quite_esporte.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUITE ESPORTE: CHUTEIRA, MEIA E CANELEIRA.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1579/33-indicacao_-_preto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1579/33-indicacao_-_preto.pdf</t>
   </si>
   <si>
     <t>I- CALÇAMENTO E MELHORIA NA RUA PROJETADA DE ÁGUA LIMPA, BEM COMO BUSCAR JUNTO A CONCESSIONÁRIA DE ENERGIA ELÉTRICA MELHORIA DA ILUMINAÇÃO DA REFERIDA RUA. II-	REFORMA NO CAMPO BOM DE BOLA DE ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1580/34_-_indicacao_-jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1580/34_-_indicacao_-jair.pdf</t>
   </si>
   <si>
     <t>I-ESTUDO PARA LEVANTAMENTO DE DADOS PARA VIABILIZAR O PISO SALARIAL DOS ENFERMEIROS APROVADO NA PL 2.564/2020.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1581/35-indicacao_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1581/35-indicacao_-_elizeu.pdf</t>
   </si>
   <si>
     <t>I-	MELHORIA AO ACESSO DO CAMPO E FUTEBOL DO PALMITO.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1582/036_indicacao_valdemar_e_jean_sobre_o_campo_bom_de_bola.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1582/036_indicacao_valdemar_e_jean_sobre_o_campo_bom_de_bola.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DO CAMPO BOM DE BOLA NA COMUNIDADE DE FÁTIMA</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1583/037_indicacao_valdemar_destinacao_dos_pneus.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1583/037_indicacao_valdemar_destinacao_dos_pneus.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUE O PODER EXECUTIVO VIABILIZE UM LOCAL APROPRIADO DE RECEPTAÇÃO DOS PNEUS DESCARTADOS PELA POPULAÇÃO E QUE DETERMINE A SECRETARIA MUNICIPAL RESPONSÁVEL POSSA DAR UM DESTINO CORRETO.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1586/038-indicacao_-adequacao_do_piso_salarial_das_acs.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1586/038-indicacao_-adequacao_do_piso_salarial_das_acs.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DO SALÁRIO DOS AGENTES COMUNITÁRIO DE SAÚDE E AGENTES DE COMBATE A ENDEMIAS AO NOVO PISO SALARIAL NACIONAL.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1587/039_-_indicacao-piso_municipal_para_tecnicos_do_suas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1587/039_-_indicacao-piso_municipal_para_tecnicos_do_suas.pdf</t>
   </si>
   <si>
     <t>CRIAR O PISO SALARIAL MUNICIPAL PARA OS TÉCNICOS DE NÍVEL SUPERIOR DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DE JAGUARÉ;</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1590/040-_indicacao_-_ricardo_quite_esporte.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1590/040-_indicacao_-_ricardo_quite_esporte.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUITE ESPORTE PARA TODAS AS MODALIDADES ESPORTIVAS.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1592/41_indicacao_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1592/41_indicacao_ricardo.pdf</t>
   </si>
   <si>
     <t>I-	PROVIDENCIAR UM PROFISSIONAL PARA RECEPCIONAR E ORIENTAR OS PACIENTES NA UMI; II-	PROVIDENCIAR CARRO EXCLUSIVO PARA PESSOAS COM PATOLOGIA AVANÇADA.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1595/042indicacao_corrigir_o_valor_das_diarias_para_os_motoristas_da_prefeitura.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1595/042indicacao_corrigir_o_valor_das_diarias_para_os_motoristas_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>CORRIGIR O VALOR DAS DIÁRIAS PARA OS MOTORISTAS DA PREFEITURA.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1596/043indicacao_pavimentacao_das_ruas_do_entorno_da_igreja_catolica_no_palmito.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1596/043indicacao_pavimentacao_das_ruas_do_entorno_da_igreja_catolica_no_palmito.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ODAS RUAS DO ENTORNO DA IGREJA CATÓLICA NO PALMITO.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1599/044_-_indicacao_-jair_ps_e_ponto_de_apoio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1599/044_-_indicacao_-jair_ps_e_ponto_de_apoio.pdf</t>
   </si>
   <si>
     <t>I-	PROVIDENCIAR AS MEDIDAS NECESSÁRIAS PARA CONSTRUÇÃO DE POSTO DE SAÚDE NO(A): a)	NO BAIRRO NOVA ESPERANÇA; E b)	COMUNIDADE SÃO ROQUE. II-	PROVIDENCIAR AS MEDIDAS NECESSÁRIAS PARA INSTALAÇÃO DE PONTO DE APOIO NO(A): a)	COMUNIDADE DO CACHIMBAU, E b)	COMUNIDADE DE SÃO GERALDO.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1600/045_indicacao_ricardo_-_praca_saudavel.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1600/045_indicacao_ricardo_-_praca_saudavel.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR MELHORIAS NA PRAÇA DO BAIRRO BOA VISTA I; II – PROVIDENCIAR PONTO DE ÔNIBUS PRÓXIMO A ESCOLA SÃO SEBASTIÃO NA COMUNIDADE DO JIRAU.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1601/046_indicacao_valdemar_carate_e_da_capoeira.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1601/046_indicacao_valdemar_carate_e_da_capoeira.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR A DESCENTRALIZAÇÃO DOS SERVIÇOS DA PRÁTICA ESPORTIVA DO CARATÊ E DA CAPOEIRA PARA AS COMUNIDADES.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1602/47-_indicacao_jair_30-06.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1602/47-_indicacao_jair_30-06.pdf</t>
   </si>
   <si>
     <t>I – ALTERAÇÃO DO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1606/048-indicacao_jair_48-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1606/048-indicacao_jair_48-2022.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO CALÇAMENTO DA RUA MATEUS BONOMO, SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1607/049-indicacao_jair_49-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1607/049-indicacao_jair_49-2022.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CAMPANHA DE ESTRATÉGIA DE PREVENÇÃO E CONSCIENTIZAÇÃO DE ACIDENTES ENVOLVENDO MÁQUINAS E EQUIPAMENTOS UTILIZADOS NA COLHEITA DE CAFÉ DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1608/050-indicacao_jair_50-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1608/050-indicacao_jair_50-2022.pdf</t>
   </si>
   <si>
     <t>REFORÇO DA ILUMINAÇÃO PÚBLICA E INSTALAÇÃO DE LUMINÁRIAS NA RUA TEREZINHA DE PRÁ.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1609/051-indicacao_jair_51-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1609/051-indicacao_jair_51-2022.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR PONTO DE APOIO AOS USUÁRIOS DE SAÚDE DO MUNICÍPIO QUE REALIZAM TRATAMENTO MÉDICO EM OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1610/52_junior_alves_cumprimento_lei_lucas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1610/52_junior_alves_cumprimento_lei_lucas.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A IMPLANTAÇÃO DE CURSOS PARA O DEVIDO CUMPRIMENTO AO QUE DETERMINA A LEI N° 13.722/18 – CONHECIDA POR “LEI LUCAS”.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1616/53indicacao_tininha_53-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1616/53indicacao_tininha_53-2022.pdf</t>
   </si>
   <si>
     <t>I- CONSTRUÇÃO DE 06 (SEIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA COMUNIDADE DE FÁTIMA; II- DILIGÊNCIA JUNTO A CONCESSIONÁRIA DE ENERGIA ELÉTRICA PARA REFORÇO NA ILUMINAÇÃO NA RUA TREZE DE MAIO E TARCÍSIO ALTOÉ, LOCALIZADAS NA COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1617/54-indicacao_tiao_soprani_54-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1617/54-indicacao_tiao_soprani_54-2022.pdf</t>
   </si>
   <si>
     <t>BUSCAR ESFORÇOS JUNTO AO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPÍRITO SANTO - DER-ES PARA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RODOVIA ES-230 (PEDRO JOSÉ ALTOÉ).</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1618/55-indicacao_jair_55-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1618/55-indicacao_jair_55-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM NOVO RESERVATÓRIO E ESTAÇÃO DE TRATAMENTO DE ÁGUA - ETA NO CÓRREGO CACHIMBAL.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1619/56-indicacao_ricardo_56-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1619/56-indicacao_ricardo_56-2022.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DOS CAMPOS DE FUTEBOL DO MUNICÍPIO, COM RECUPERAÇÃO DOS GRAMADOS E CONSTRUÇÃO DE POÇOS ARTESIANOS.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1633/57-_jair_revitalizar_praca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1633/57-_jair_revitalizar_praca.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS PARA REVITALIZAÇÃO DA PRAÇA FRANCISCO CASAGRANDE LOCALIZADA NA RUA CONSTANTE CASAGRANDE COM JANAINA SESSA (AO LADO DA UNIDADE DE SAÚDE ANACLETO SANDRINI, E PRÓXIMO A EEEFM IRMA TEREZA ALTOÉ</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1634/58-_indicacao_58-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1634/58-_indicacao_58-2022.pdf</t>
   </si>
   <si>
     <t>I - ESTUDO E MEDIDAS DE MELHORIA DO TRÂNSITO DO MUNICÍPIO JUNTO AO DETRAN, COM MELHOR ORGANIZAÇÃO DO ESTACIONAMENTO NAS VIAS DE ACESSO DA AVENIDA E SINALIZAÇÃO. II – INSTALAÇÃO DE PLACAS INDICATIVAS DE ACESSO ÀS COMUNIDADES DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1639/59_jair_sandrini_revitalizar_morro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1639/59_jair_sandrini_revitalizar_morro.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS PARA REVITALIZAÇÃO DA ENTRADA QUE DÁ ACESSO A ANTIGA FAZENDA SARTÓRIO, HOJE CONDOMÍNIO DE PEQUENAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1640/60-_indicacao_60-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1640/60-_indicacao_60-2022.pdf</t>
   </si>
   <si>
     <t>PINTURA DE QUEBRA-MOLAS E PLACAS DE SINALIZAÇÃO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1644/61-indicacao_61-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1644/61-indicacao_61-2022.pdf</t>
   </si>
   <si>
     <t>DESENVOLVIMENTO DE PROJETO COM FINALIDADE DE PARCERIA COM FARMÁCIAS DO MUNICÍPIO PARA DESCONTO DE MEDICAMENTOS NÃO FORNECIDOS PELO SUS, EM FAVOR DOS MUNÍCIPES HIPOSSUFICIENTES, QUE ESTEJAM INSERIDOS NO EM FAVOR DOS MUNÍCIPES HIPOSSUFICIENTES, QUE ESTEJAM INSERIDOS NO CADASTRO ÚNICO E BENEFICIADOS PELOS PROGRAMAS SOCIAIS DESENVOLVIDOS PELOS GOVERNOS FEDERAL, ESTADUAL E MUNICIPAL</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1649/62-indicacao_62-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1649/62-indicacao_62-2022.pdf</t>
   </si>
   <si>
     <t>I – REFORMA E MELHORIAS NA ESCOLA SÃO GERALDO: a)	AMPLIAÇÃO DO PRÉDIO DA ESCOLA; b)	AMPLIAÇÃO DO ESPAÇO DA ESCOLA, COM LIMPEZA E AFASTAMENTO DE MORROS PRÓXIMOS; c)	REFORMA DO TELHADO; d)	CONSTRUÇÃO DE NOVO BANHEIRO; e)	REFORMA NO ALAMBRADO; f)	PERFURAR POÇO ARTESIANO.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1650/63-indicacao_63-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1650/63-indicacao_63-2022.pdf</t>
   </si>
   <si>
     <t>I – OBRAS E SERVIÇOS DE MELHORIAS NA COMUNIDADE SÃO GERALDO: a)	CONSTRUÇÃO DE QUADRA DE ESPORTES; b)	CONSTRUÇÃO DE PONTOS DE ÔNIBUS NA ESTRADA PRINCIPAL; c)	REMOÇÃO DO TRANSFORMADOR DO PÁTIO DA IGREJA; d)	SINALIZAÇÃO DAS CAIXAS SECAS NOS MORROS SENTIDO GIRAL E SÃO BRÁS; e)	AGILIDADE NO ATENDIMENTO DO SUGADOR DAS FOSSAS; f)	IMPLANTAÇÃO DO SERVIÇO DE CONVIVÊNCIA NA COMUNIDADE, BEM COMO TRANSPORTAR AS CRIANÇAS PARA PARTICIPAR DAS ATIVIDADES DO CRAS DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1651/64-indicacao_64-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1651/64-indicacao_64-2022.pdf</t>
   </si>
   <si>
     <t>I – DISPONIBILIZAR UM APARELHO CELULAR E UM VEÍCULO PARA AS ATIVIDADES DO CAPS.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1658/65-indicacao_ricardo_trofeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1658/65-indicacao_ricardo_trofeu.pdf</t>
   </si>
   <si>
     <t>I – SEJA INCLUÍDO NO REGULAMENTO DO CAMPEONATO MUNICIPAL DE FUTEBOL A DENOMINAÇÃO AO TROFÉU DE CAMPEÃO DO TITULAR DA 2º DIVISÃO COMO “TROFÉU JONAEL FIGUEIREDO” (PRETIM DO SÃO PAULINHO) II – SEJA INCLUÍDO NO REGULAMENTO DO CAMPEONATO MUNICIPAL DE FUTEBOL A DENOMINAÇÃO AO TROFÉU DE CAMPEÃO JUVENIL DA 2º DIVISÃO COMO “TROFÉU IVOMAR GOMES MARÇAL” (MAZIM).</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1664/66_-_campo_de_areira_barra_seca_-_preto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1664/66_-_campo_de_areira_barra_seca_-_preto.pdf</t>
   </si>
   <si>
     <t>Construção de uma área de lazer, UM CAMPO DE AREIA, no distrito de Barra Seca Ponte Nova (popularmente chamado de "Barra Seca de Cima")</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1667/67-_indicacao_-_guarda_escolas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1667/67-_indicacao_-_guarda_escolas.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDO ECONÔMICO PARA VIABILIDADE DA IMPLANTAÇÃO DE GUARDA MUNICIPAL ARMADA NAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1672/68-_indicacao_-_jean_e_tininha_camera_e_portao_eletronico.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1672/68-_indicacao_-_jean_e_tininha_camera_e_portao_eletronico.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR CÂMERAS DE SEGURANÇA DENTRO E AO ENTORNO DAS ESCOLAS MUNICIPAIS, BEM COMO PORTÕES ELETRÔNICOS.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1673/069_indicacao_valdemar_cartilha_obra.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1673/069_indicacao_valdemar_cartilha_obra.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR CARTILHA DE ORIENTAÇÃO PARA QUE OS ARTISTAS DESTA CIDADE SAIBAM COMO REGISTRAR SUAS OBRAS NOS ÓRGÃOS COMPETENTES.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1680/70-indicacao_jair_70-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1680/70-indicacao_jair_70-2022.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE MANILHAS MAIORES PARA CAPTAÇÃO DE ÁGUA DAS REPRESAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1681/71-indicacao_tininha_71-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1681/71-indicacao_tininha_71-2022.pdf</t>
   </si>
   <si>
     <t>I - INSTITUIR UMA COMISSÃO PREVENTIVA DE CONTINGENCIAMENTO ESTRATÉGICO DAS ÁGUAS PLUVIAIS; II – CONSTRUÇÃO DE QUEBRA-MOLAS E ABRIGOS EM BARRA SECA VELHA, COM LIMPEZA DOS MATOS E INSTALAÇÃO DE LIXEIRAS; III - INSTALAÇÃO DE POSTES COM LUMINÁRIAS E LÂMPADAS NA COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1632/voto_de__mocao_-_grupo_italiano.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1632/voto_de__mocao_-_grupo_italiano.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO/CONGRATULAÇÃO A AMITAJ – ASSOCIAÇÃO DO MOVIMENTO ITALIANO DE JAGUARÉ, ES, EM PROL DO RESGATE DA CULTURA ITALIANA.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1509/projeto_de_decreto_1-22.doc</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1509/projeto_de_decreto_1-22.doc</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO 2019.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_decreto_02-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_decreto_02-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENÇÃO DO EFEITO DA LEI MUNICIPAL Nº 1.627 DE 18 DE AGOSTO DE 2022 NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1656/projeto_de_cedreto_3_-_2022_contas_2018.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1656/projeto_de_cedreto_3_-_2022_contas_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ - EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO UNICO AO ART 245 DA LEI ORGANICA DO MUNICIPIO DE JAGUARE/ES</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1495/projeto_de_lei_01-2022_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1495/projeto_de_lei_01-2022_jean.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º E §6º DO ART. 1º DA LEI Nº 1.319 DE 20 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1510/projeto_de_lei_02-2022_jean.docx.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1510/projeto_de_lei_02-2022_jean.docx.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS EFETIVOS E COMISSSIONADOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1521/projeto_de_lei_03-2022_mulher_destaque.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1521/projeto_de_lei_03-2022_mulher_destaque.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO MULHER DESTAQUE NO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_04-2022_jr.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_04-2022_jr.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPÍTULO II E OS ARTIGOS DA LEI Nº 680 DE 15 DE DEZEMBRO DE 2006 NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_005-2022_elizeu-_estabelece_requisitos_minimos_para_pavimentacao_de_vias_urbanas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_005-2022_elizeu-_estabelece_requisitos_minimos_para_pavimentacao_de_vias_urbanas.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REQUISITOS MÍNIMOS PARA PAVIMENTAÇÃO DE VIAS URBANAS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1563/projeto_de_lei_006-arpal_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1563/projeto_de_lei_006-arpal_-_elizeu.pdf</t>
   </si>
   <si>
     <t>OBRIGA A EMPRESA SUZANO PAPEL E CELULOSE A CEDER OS RESÍDUOS FLORESTAIS AS ASSOCIAÇÕES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI, JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei-_07-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei-_07-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ESPAÇO MULTIESPORTIVO “OCLARINDO ZANETTI ALTOÉ”, A ÁREA DE LAZER E ESPORTE LOCALIZADA NA COMUNIDADE DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei-_08_2022_jair_-_abril_verde.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei-_08_2022_jair_-_abril_verde.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA “ABRIL VERDE” NO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei-_09-2022_denomina_nome_de_avenida.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei-_09-2022_denomina_nome_de_avenida.pdf</t>
   </si>
   <si>
     <t>DENOMINA “AVENIDA JONAS NATALINO MARINATO”, NO LOTEAMENTO ELDORADO, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei-_10-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei-_10-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA “RUA ARLINDO BINS”, A RUA PROJETADA LOCALIZADA NO LOTEAMENTO ELDORADO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei-_11-2022junior.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei-_11-2022junior.pdf</t>
   </si>
   <si>
     <t>DENOMINA “OLIMPIO COCCO” A PRAÇA DE LAZER LOCALIZADA NA PRIMEIRA ROTATÓRIA DO BAIRRO RIVIERA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_012-2022_codigo_de_etica_conduta_e_integridade_da_camara_municipal_de_jaguare2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_012-2022_codigo_de_etica_conduta_e_integridade_da_camara_municipal_de_jaguare2.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE ÉTICA, DE CONDUTA E INTEGRIDADE DOS SERVIDORES PÚBLICOS E AGENTES PÚBLICOS DA CÂMARA MUNICIPAL DE JAGUARÉ ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_resolucao_01-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_resolucao_01-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO 49/91 QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE JAGUARÉ – ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
     <t>MARCOS ANTONIO GUERRA WANDERMUREM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1496/pl_001_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1496/pl_001_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE VALOR ADICIONAL AOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA E AUTÁRQUICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1497/pl_002_-_reajusta_o_valor_do_ticket_alimentacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1497/pl_002_-_reajusta_o_valor_do_ticket_alimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO AUXÍLIO ALIMENTAÇÃO PREVISTO NA LEI Nº 501, DE 19 DE MARÇO DE 2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1498/pl_003_-_concede_bonificacao_saude.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1498/pl_003_-_concede_bonificacao_saude.pdf</t>
   </si>
   <si>
     <t>CONCEDE BONIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES PÚBLICOS DA SECRETARIA MUNICIPAL DE SAÚDE EM DECORRÊNCIA DA PANDEMIA COVID-19.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1499/pl_004_-_cria_cargo_assessor_estrutura_administrativa_lei_726.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1499/pl_004_-_cria_cargo_assessor_estrutura_administrativa_lei_726.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ASSESSOR TÉCNICO DE GABINETE, ALTERA A REDAÇÃO DOS ANEXOS I, II, III E IV DA LEI Nº 726, DE 02 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1500/pl_005_-_autoriza_alterar_nomenclatura_de_unidade_orcamentaria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1500/pl_005_-_autoriza_alterar_nomenclatura_de_unidade_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a realizar alteração na nomenclatura de Unidade Orçamentária da Secretaria Municipal de Meio Ambiente e Recursos Hídricos.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1501/pl_006_-_autoriza_alteracoes_na_loa_e_ppa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1501/pl_006_-_autoriza_alteracoes_na_loa_e_ppa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REALIZAR ALTERAÇÕES NA LEI ORÇAMENTÁRIA ANUAL E NO PLANO PLURIANUAL 2022-2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1508/pl_007_-_regulamenta_o_sim_-_servico_de_inspecao_municipal.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1508/pl_007_-_regulamenta_o_sim_-_servico_de_inspecao_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UNIFICAÇÃO DA LEI E ATOS NORMATIVOS QUE REGULAMENTAM O SIM - SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA E INDUSTRIAL EM ESTABECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL, NO MUNICÍPIO DE JAGUARÉ - ES.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1519/pl_008_-_autoriza_abertura_de_credito_especial_para_a_secretaria_municipal_de_cultura.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1519/pl_008_-_autoriza_abertura_de_credito_especial_para_a_secretaria_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL AO ORÇAMENTO DA SECRETARIA MUNICIPAL DE CULTURA PARA INCLUIR ELEMENTO DE DESPESA.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1520/pl_009_-_dispoe_sobre_a_conducao_de_veiculos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1520/pl_009_-_dispoe_sobre_a_conducao_de_veiculos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONDUÇÃO DE VEÍCULO OFICIAL.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1528/pl_010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_fcca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1528/pl_010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_fcca.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FIRMAR TERMO DE FOMENTO COM A FEDERAÇÃO CAPIXABA DE CORRIDA DE AVENTURA.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1529/pl_011_-_termo_de_fomento_pestalozzi_e_mepes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1529/pl_011_-_termo_de_fomento_pestalozzi_e_mepes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E COM O MOVIMENTO DE EDUCAÇÃO PROMOCINAL DO ESPÍRITO SANTO - MEPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1534/pl_012_-_autoriza_firma_convenio_para_repasse_ao_iseo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1534/pl_012_-_autoriza_firma_convenio_para_repasse_ao_iseo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O ESTADO DO ESPÍRITO SANTO PARA REPASSE FINANCEIRO VISANDO CUSTEAR DESPESAS COM O PAGAMENTO DE INDENIZAÇÃO SUPLEMENTAR DE ESCALA OEPRACIONAL (ISEO) DE POLICIAIS MILITARES.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1535/pl_013_-_estabelece_diretrizes_para_oferta_de_educacao_tempo_integral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1535/pl_013_-_estabelece_diretrizes_para_oferta_de_educacao_tempo_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA A OFERTA DE EDUCAÇÃO EM TEMPO INTEGRAL NAS ESCOLAS PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1544/pl_014_-_altera_a_lei_no_918.2011_que_dipoe_sobre_os_cargos_e_diretor_coordenadores_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1544/pl_014_-_altera_a_lei_no_918.2011_que_dipoe_sobre_os_cargos_e_diretor_coordenadores_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 918, DE 16 DE MARÇO DE 2011, QUE DISPÕE SOBRE A CRIAÇÃO DOS CARGOS DE DIRETOR ESCOLAR, COORDENADOR DE TURNO E COORDENADOR DE PROJETOS EDUCACIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1542/pl_015_-_autoriza_termo_de_fomento_com_o_grupo_artcultura_renascer.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1542/pl_015_-_autoriza_termo_de_fomento_com_o_grupo_artcultura_renascer.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO ARTCULTURA RENASCER.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1541/pl_016_-_reajusta_auxilio_transporte.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1541/pl_016_-_reajusta_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 829, DE 01 DE JULHO DE 2009 QUE DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-TRANSPORTE AOS SERVIDORES PÚBLICOS MUNICIPAIS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1540/pl_017_-_cria_a_superintendecia_de_controle_governamental.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1540/pl_017_-_cria_a_superintendecia_de_controle_governamental.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SUPERINTENDÊNCIA DE CONTROLE GOVERNAMENTAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1550/pl_018_-_autoriza_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_social.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1550/pl_018_-_autoriza_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL AO ORÇAMENTO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL PARA REFORÇO ORÇAMENTÁRIO NO ELEMENTO DE DESPESA 44905100000, FICHA 262</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1551/pl_019_-_autoriza_abrir_credito_especial_na_secretaria_municipal_de_desenvolvimento_economico.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1551/pl_019_-_autoriza_abrir_credito_especial_na_secretaria_municipal_de_desenvolvimento_economico.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO PARA RECEBIMENTO DE RECURSOS NO ÂMBITO DO FUNDO CIDADES.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1573/pl_020_-_programa_capacita_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1573/pl_020_-_programa_capacita_jaguare.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE QUALIFICAÇÃO PROFISSIONAL DO MUNICÍPIO DE JAGUARÉ/ES - "CAPACITA JAGUARÉ", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1574/pl_021_-_autoriza_abrir_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_-_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1574/pl_021_-_autoriza_abrir_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_-_pestalozzi.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL AO ORÇAMENTO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1575/pl_022_-_altera_o_paragrafo_3o_art._6o_da_lei_municipal_no._1.581-2021_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1575/pl_022_-_altera_o_paragrafo_3o_art._6o_da_lei_municipal_no._1.581-2021_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 3º, ART. 6º DA LEI MUNICIPAL Nº. 1.581/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1584/pl_023_texto_anexos_final.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1584/pl_023_texto_anexos_final.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO), PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1589/pl_024_-_reajusta_o_valor_do_ticket_alimentacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1589/pl_024_-_reajusta_o_valor_do_ticket_alimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO AUXÍLIOALIMENTAÇÃO PREVISTO NA LEI Nº 501, DE 19 DE MARÇO DE 2001, E DÁ OUTRASPROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1593/pl_025_-_autoriza_o_poder_executivo_municipal_a_desapropriar_areas_de_terras_e_doar_areas_a_pessoas_juridicas_de_direito_privado.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1593/pl_025_-_autoriza_o_poder_executivo_municipal_a_desapropriar_areas_de_terras_e_doar_areas_a_pessoas_juridicas_de_direito_privado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAPROPRIAR ÁREAS DE TERRAS E DOAR ESTAS ÁREAS A PESSOAS JURÍDICAS DE DIREITO PRIVADO COM FINALIDADE DE PROMOVER A POLÍTICA PÚBLICA DE DESENVOLVIMENTO ECONÔMICO E SOCIAL DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1594/pl_026_-_altera_anexo_ii_da_lei_1273-2015.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1594/pl_026_-_altera_anexo_ii_da_lei_1273-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI Nº 1.273, DE 02 DE OUTUBRO DE 2015.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1597/pl_027_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_associacao_amigos_do_cavalo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1597/pl_027_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_associacao_amigos_do_cavalo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO AMIGOS DO CAVALO DA REGIÃO NORTE E NOROESTE DO ESTADO DO ESPÍRITO SANTO - A.A.C.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1603/pl_028_-_desconcentracao_da_secretaria_de_obras.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1603/pl_028_-_desconcentracao_da_secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCONCENTRAÇÃO ADMINISTRATIVA PARCIAL DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1604/pl_029_-_autoriza_termo_de_fomento_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1604/pl_029_-_autoriza_termo_de_fomento_pestalozzi.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1605/pl_030_-_altera_a_lei_no_501-2001_-_pl_030_-_altera_a_lei_no_501-2001.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1605/pl_030_-_altera_a_lei_no_501-2001_-_pl_030_-_altera_a_lei_no_501-2001.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º, § 1º DA LEI Nº 501, DE 19 DE MARÇO DE 2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1611/pl_031.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1611/pl_031.pdf</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1612/pl_032.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1612/pl_032.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O ESTADO DO ESPÍRITO SANTO PARA REPASSE FINANCEIRO VISANDO CUSTEAR DESPESAS COM O PAGAMENTO DE INDENIZAÇÃO SUPLEMENTAR DE ESCALA OPERACIONAL (ISEO) DE POLICIAIS CIVIS.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1613/pl_033.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1613/pl_033.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO JUNTO À SECRETARIA MUNICIPAL DE AGRICULTURA.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1614/pl_034.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1614/pl_034.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DO PODER EXECUTIVO MUNICIPAL A ABSORVER O TRECHO RODOVIÁRIO ESTADUAL URBANO QUE É DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPIRITO SANTO – DER-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1615/pl_035_-_realiza_a_revisao_geral_da_remuneracao_dos_servidores.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1615/pl_035_-_realiza_a_revisao_geral_da_remuneracao_dos_servidores.pdf</t>
   </si>
   <si>
     <t>REALIZA A REVISÃO GERAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS E DOS SUBSÍDIOS DOS SECRETÁRIOS E DEMAIS AGENTES POLÍTICOS DO MUNICÍPIO DE JAGUARÉ/ES, NOS TERMOS DO ART. 37, X, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1620/pl_036_-_autoriza_abrir_credito_para_aquisicao_de_area_para_cemiterio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1620/pl_036_-_autoriza_abrir_credito_para_aquisicao_de_area_para_cemiterio.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL DESTINADO AO CEMITÉRIO DA COMUNIDADE DO GIRAL.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1621/pl_037_-_denomina_jairo_jair_manoel_meira_a_cabine_de_imprensa_do_estadio_conilon.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1621/pl_037_-_denomina_jairo_jair_manoel_meira_a_cabine_de_imprensa_do_estadio_conilon.pdf</t>
   </si>
   <si>
     <t>DENOMINA JAIRO JAIR MANOEL MEIRA A CABINE DE IMPRENSA DO ESTÁDIO CONILON, NESTE MUNICÍPIO DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1626/pl_038_-_altera_a_lei_no_392_para_reajustar_os_vencimentos_dos_agentes_comunitarios_de_saude.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1626/pl_038_-_altera_a_lei_no_392_para_reajustar_os_vencimentos_dos_agentes_comunitarios_de_saude.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI Nº 392, DE 17 DE JANEIRO DE 1997, QUE FIXA A REMUNERAÇÃO DO CARGO AGENTE COMUNITÁRIO DE SAÚDE, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1627/pl_039_-_altera_a_lei_no_737_para_reajustar_os_vencimentos_dos_agentes_de_combate_a_endemias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1627/pl_039_-_altera_a_lei_no_737_para_reajustar_os_vencimentos_dos_agentes_de_combate_a_endemias.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 737 DE 04 DE DEZEMBRO DE 2007 PARA REAJUSTAR O VENCIMENTO DOS AGENTES DE COMBATE À ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1628/pl_040_-_reajuste_do_magisterio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1628/pl_040_-_reajuste_do_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS NÍVEIS I, II, III, IV E V, DA TABELA DE VENCIMENTOS DO MAGISTÉRIO PÚBLICO MUNICIPAL, PREVISTA NO ANEXO III, DA LEI COMPLEMENTAR MUNICIPAL Nº 673, DE 31 DE OUTUBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1629/pl_041_-_altera_a_lei_918-2011_-_juntado.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1629/pl_041_-_altera_a_lei_918-2011_-_juntado.pdf</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1635/pl_042_-_autoriza_termo_de_fomento_com_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1635/pl_042_-_autoriza_termo_de_fomento_com_pestalozzi.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E A ABRIR CRÉDITO SUPLEMENTAR PARA ESSA FINALIDADE.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1636/pl_043_-_altera_lei_406-1997_-_contratatacao_temporaria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1636/pl_043_-_altera_lei_406-1997_-_contratatacao_temporaria.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 406, DE 17 DE DEZEMBRO DE1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1643/pl_044_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_tracja_trail_clube_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1643/pl_044_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_tracja_trail_clube_de_jaguare.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE PRATICANTES DE MOTOCROSS E TRAIL DO MUNICÍPIO DE JAGUARÉ – TRACJA.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1647/pl_045_-_altera_726-2007_estrutura_administrativa_seguranca_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1647/pl_045_-_altera_726-2007_estrutura_administrativa_seguranca_ass.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 726, de 02 de outubro de 2007, que dispõe sobre a Organização Administrativa do Município de Jaguaré - ES, e dá outras providências.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1648/pl_046_e_anexos_-_corrigido.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1648/pl_046_e_anexos_-_corrigido.pdf</t>
   </si>
   <si>
     <t>REVISA O PLANO PLURIANUAL - PPA PARA OS EXERCÍCIOS FINANCEIROS DE 2022 A 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1652/pl047_v3_texto_e_anexos_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1652/pl047_v3_texto_e_anexos_ass.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITAS E FIXA DESPESAS DO MUNICÍPIO DE JAGUARÉ-ES PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1654/pl_048_-_autoriza_termo_de_fomento_pestalozzi-nova_redacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1654/pl_048_-_autoriza_termo_de_fomento_pestalozzi-nova_redacao.pdf</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1655/pl_049_-_dispoe_sobre_a_criacao_do_perimetro_urbano_da_fazenda_alegre_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1655/pl_049_-_dispoe_sobre_a_criacao_do_perimetro_urbano_da_fazenda_alegre_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PERÍMETRO URBANO DA “FAZENDA ALEGRE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1660/pl_050_-cria_o_programa_novos_caminhos_para_conservacao_das_estradas_do_municipio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1660/pl_050_-cria_o_programa_novos_caminhos_para_conservacao_das_estradas_do_municipio.pdf</t>
   </si>
   <si>
     <t>CRIA O “PROGRAMA NOVOS CAMINHOS” PARA MANUTENÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1661/pl_051_-_altera_a_redacao_da_lei_no_1.620_de_15_de_julho_de_2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1661/pl_051_-_altera_a_redacao_da_lei_no_1.620_de_15_de_julho_de_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 1.620, DE 15 DE JULHO DE 2022.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1662/pl_052_-_autoriza_o_executivo_municipal_a_firmar_termo_de_fomento_e_criar_credito_especial_visando_a_adequacao_ao_orcamento_da_despesa_do_exercicio_financeiro_de_2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1662/pl_052_-_autoriza_o_executivo_municipal_a_firmar_termo_de_fomento_e_criar_credito_especial_visando_a_adequacao_ao_orcamento_da_despesa_do_exercicio_financeiro_de_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO E ABRIR CRÉDITO ESPECIAL VISANDO A ADEQUAÇÃO AO ORÇAMENTO DA DESPESA DO EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1663/pl_053_-_institui_o_hino_oficial_do_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1663/pl_053_-_institui_o_hino_oficial_do_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>INSTITUI O HINO OFICIAL DO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1666/pl_054_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos_da_administracao_direta_e_autarquica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1666/pl_054_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos_da_administracao_direta_e_autarquica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1674/pl_055_-regulamenta_o_conselho_de_acompanhamento_e_controle_social_do_fundo_de_manutencao_e_de_senvolvimento_da_educacao_basica_e_de_valorizacao_dos_profissionais_da_educacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1674/pl_055_-regulamenta_o_conselho_de_acompanhamento_e_controle_social_do_fundo_de_manutencao_e_de_senvolvimento_da_educacao_basica_e_de_valorizacao_dos_profissionais_da_educacao.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O CONSELHO DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (CACS FUNDEB).</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1676/pl_056_-_institui_o_codigo_municipal_do_bem-estar_animal_estabelecendo_diretrizes_e_normas_para_a_garantia_de_atendimento_aos_principios_de_bem-estar_animal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1676/pl_056_-_institui_o_codigo_municipal_do_bem-estar_animal_estabelecendo_diretrizes_e_normas_para_a_garantia_de_atendimento_aos_principios_de_bem-estar_animal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO MUNICIPAL DO BEM-ESTAR ANIMAL, ESTABELECENDO DIRETRIZES E NORMAS PARA A GARANTIA DE ATENDIMENTO AOS PRINCÍPIOS DE BEM-ESTAR ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1677/pl_057_-altera_o_anexo_i_da_lei_no_682_de_15_de_dezembro_de_2006.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1677/pl_057_-altera_o_anexo_i_da_lei_no_682_de_15_de_dezembro_de_2006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 682 DE 15 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1678/pl_058_-altera_o_anexo_i_da_lei_no_673_de_31_de_outubro_de_2006.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1678/pl_058_-altera_o_anexo_i_da_lei_no_673_de_31_de_outubro_de_2006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 673, DE 31 DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1679/pl_059_-_cria_cargos_em_comissao_de_assessor_adeministrativo_para_a_secretaria_municipal_de_educacao_seme_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1679/pl_059_-_cria_cargos_em_comissao_de_assessor_adeministrativo_para_a_secretaria_municipal_de_educacao_seme_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS EM COMISSÃO DE ASSESSOR ADMINISTRATIVO PARA A SECRETARIA MUNICIPAL DE EDUCAÇÃO (SEME) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1502/01requerimento_jair_-_class_risco.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1502/01requerimento_jair_-_class_risco.pdf</t>
   </si>
   <si>
     <t>Crie o plano de  retorno com o protocolo da classificação de risco, tendo em vista a intensificação de atendimento na Unidade Mista de Saúde de Jaguaré.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1511/02_requerimento_ricardo_-_estrada_a_comunidade_snato_antonio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1511/02_requerimento_ricardo_-_estrada_a_comunidade_snato_antonio.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A AMPLIAÇÃO DO REVISOL TANTO DA ESTRADA PRINCIPAL QUE DÁ ACESSO A COMUNIDADE DE SANTO ANTÔNIO DE PÁDUA, QUANTO DA ESTRADA NA SAÍDA DAS CASINHAS DO BAIRRO SEAC A COMUNIDADE DA JAPIRA.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1512/03_requerimento_ricardo_-_insentivo_ao_esporte.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1512/03_requerimento_ricardo_-_insentivo_ao_esporte.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR REFORMA DO CAMPO DO BAIRRO NOVO TEMPO.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1513/04_requerimento_ricardo_-_manutencao_na_rua_no_seac.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1513/04_requerimento_ricardo_-_manutencao_na_rua_no_seac.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR JUNTO À SECRETARIA COMPETENTE,  A MANUTENÇÃO E MELHORIA DA RUA BEIJA-FLOR, PRÓXIMO A IGREJA OMBRO AMIGO, BAIRRO SEAC, JAGUARÉ.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1514/05_requerimento_ricardo_-_manutencao_da_rua_cipriano_cerutti.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1514/05_requerimento_ricardo_-_manutencao_da_rua_cipriano_cerutti.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR JUNTO À SECRETARIA COMPETENTE, A MANUTENÇÃO E MELHORIA DA RUA CIPRIANO CERUTTI, NO BAIRRO NOVO TEMPO, JAGUARÉ.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1523/06_requerimento_ricardo_-_revisol_giral_dalvi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1523/06_requerimento_ricardo_-_revisol_giral_dalvi.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação do Revisol no morro dos DALVI no Giral, associação APRONA.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1524/07_requerimento_ricardo_-_quebra_molas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1524/07_requerimento_ricardo_-_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Requer redutor de velocidade, na Rua Marciano Laquini, próximo a Rodoviária</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1525/08_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1525/08_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria competente,  que faça o calçamento na Rua Terezinha de Pra Trevisan com Rua Darcy Russe, Jaguaré-ES.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1526/09_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe_-_copia.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1526/09_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe_-_copia.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria competente, que faça o recalçamento na Rua Luiz Falcheto, bairro Clubinho (perto da igreja Deus é Amor), Jaguaré-ES.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1527/10_requerimento_ricardo_-_pavimentacao_revsol.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1527/10_requerimento_ricardo_-_pavimentacao_revsol.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria competente, Pavimentação com REVSOL nas Ruas DELCIZO CESCON - Bairro Palmital,  LUIZ TOMAS - Perto da praça poliesportiva. (Falta Topografia), BIANOR CORREIA. Próx. Estação de tratamento do Boa Vista, que liga o Boa Vista 1 ao 2 e GERALDO ELEOTÉRIO - Lot. Sossai,  que irá facilitar a mobilidade das pessoas, que ajuda e facilita a qualidade de circulação e de vida dos moradores.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1564/11_requerimento_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1564/11_requerimento_elizeu.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO FAÇA ABERTURA DE SINDICÂNCIA PARA APURAR AS POSSÍVEIS IRREGULARIDADES A EMPRESA SÃO GABRIEL, TENDO EM VISTA AS RECLAMAÇÕES DOS USUÁRIOS, BEM COMO, CASO NECESSÁRIO, ADOTE PROVIDÊNCIAS FISCALIZATÓRIAS PARA RESOLUÇÃO DA DEMANDA.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1565/12_requerimento_jair_sandrini.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1565/12_requerimento_jair_sandrini.pdf</t>
   </si>
   <si>
     <t>REQUER QUE ENCAMINHE A PREFEITURA MUNICIPAL AOS CUIDADOS DO SENHOR PREFEITO MARCOS ANTÔNIO GUERRA WANDERMUREM, OS DEVIDOS ESFORÇOS JUNTO AO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPÍRITO SANTO (DER-ES), PARA PROVIDENCIAR REDUTORES DE VELOCIDADE (RADAR OU LOMBADAS) NAS PROXIMIDADES DO GALPÃO DO GERMANO POLEZ DA RODOVIA JAGUARÉ X JIRAU.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1572/13_requerimento_-_jean-limpeza.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1572/13_requerimento_-_jean-limpeza.pdf</t>
   </si>
   <si>
     <t>REQUER QUE ENCAMINHE À ESSA CASA LEGISLATIVA INFORMAÇÕES RELACIONADAS A LICITAÇÃO DOS SERVIÇOS DE LIMPEZA PÚBLICA E COLETA DE LIXO, QUAIS SEJAM: I- INFORMAÇÕES SOBRE A LICITAÇÃO EM ANDAMENTO DE LIMPEZA PÚBLICA (ATUAL ANDAMENTO, COM CÓPIA DAS IMPUGNAÇÕES E DECISÕES DE SUSPENSÃO, SE HOUVER) II- CONTRATO ATUAL E SEUS ADITIVOS (VIGENTE).</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1588/14_requerimento_jean_placa_propaganda.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1588/14_requerimento_jean_placa_propaganda.pdf</t>
   </si>
   <si>
     <t>REQUER  ao Excelentíssimo Senhor Prefeito Municipal, providencias e medidas legais para a retirada de placas, anúncios, ou correlatos, das propagandas de empresas ao longo do canteiro central da Avenida 9 de Agosto, assim como das calçadas nas ruas da Sede e Distritos do Município.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1598/015_requerimento_tininha_melhoramento_morro_fatima.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1598/015_requerimento_tininha_melhoramento_morro_fatima.pdf</t>
   </si>
   <si>
     <t>REQUER  PROVIDENCIAR URGENTEMENTE AÇÕES PARA A SOLUÇÃO DOS PROBLEMAS CAUSADOS POR CHUVAS, JUNTO À COMUNIDADE NOSSA SENHORA DE FÁTIMA, EM ESPECIAL A DRENAGEM PLUVIAL NO CÓRREGO DEVES NA COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1641/16_requerimento_jair_providencia_preco_combustivel.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1641/16_requerimento_jair_providencia_preco_combustivel.pdf</t>
   </si>
   <si>
     <t>REQUER QUAIS PROVIDÊNCIAS REALIZADAS EM RELAÇÃO À FISCALIZAÇÃO AOS POSTOS DE COMBUSTÍVEIS DO MUNICÍPIO, CONSIDERANDO AS DIFERENÇAS DOS VALORES AQUI PRATICADOS EM DETRIMENTO DOS MUNICÍPIOS CIRCUNVIZINHOS.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>REQUERER AO CHEFE DO EXECUTIVO MUNICIPAL E SECRETARIA MUNICIPAL DE SAÚDE, PARA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO REGIMENTAL: - QUAL A FORMA DE CONTRATAÇÃO DOS MÉDICOS QUE ATUAM NO MUNICÍPIO, BEM COMO É FEITO O PAGAMENTO AOS MESMOS.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1566/parecer_juridico_-_veto_parcial_pl_007-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1566/parecer_juridico_-_veto_parcial_pl_007-2022.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO ACERCA DO VETO PARCIAL DAS EMENDAS AO PROJETO DE LEI EXECUTIVO Nº 007/2022.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1567/parecer_juridico_-_veto_pl_legislativo_020-2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1567/parecer_juridico_-_veto_pl_legislativo_020-2021.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO ACERCA DA LEGALIDADE DO PROJETO DE LEI LEGISLATIVO Nº 020/2021.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1568/parecer_juridico_-_veto_pl_legislativo_004-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1568/parecer_juridico_-_veto_pl_legislativo_004-2022.pdf</t>
   </si>
   <si>
     <t>PERECER JURÍDICO ACERCA DA LEGALIDADE DO PROJETO DE LEI LEGISLATIVO Nº 004/2022</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1585/procuradoria_geral_do_municipio_de_jaguare_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1585/procuradoria_geral_do_municipio_de_jaguare_1.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO ACERCA DA EMENDA Nº 002 AO PROJETO DE LEI EXECUTIVO Nº 007/2022. ESTA PROPOSIÇÃO É ORIUNDA DA MESMA MATÉRIA DO VETO 01/2022, JÁ LIDO EM PLENÁRIA NA SESSÃO ORDINÁRIA DO DIA 02 DE MAIO DE 2022.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>VOTP</t>
   </si>
   <si>
     <t>Votos de Pesar</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SECRETÁRIO DE ESPORTES Sr. JAIRO MEIRA, OCORRIDO NO DIA 23/05/2022.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>VDP</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1624/voto_de_aplausos_01-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1624/voto_de_aplausos_01-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS AO PRODUTOR RURAL SR. ELCIO THOMAZELLI PELA CONQUISTA DO “SELO ARTE”.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1642/voto_de_aplausos_pm.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1642/voto_de_aplausos_pm.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS À POLÍCIA MILITAR PELOS SERVIÇOS PRESTADOS AO MUNICÍPIO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1646/voto_de_aplausos_-_michelle.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1646/voto_de_aplausos_-_michelle.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS, A JOVEM ESCRITORA JAGUARENSE MICHELLE NAYARA VIEIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>VRP</t>
   </si>
   <si>
     <t>VOTO DE REPÚDIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1623/voto_de_repudio_01-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1623/voto_de_repudio_01-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE REPÚDIO AO ATO DE INTOLERÂNCIA A CULTURA E RELIGIÃO OCORRIDO NA COMUNIDADE QUILOMBOLA DO LINHARINHO, EM CONCEIÇÃO DA BARRA-ES.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1671/voto_de_repudio_02-2022.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1671/voto_de_repudio_02-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE REPÚDIO AO ATENTADO OCORRIDO NA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO PRIMO BITTI E NO CENTRO EDUCACIONAL PRAIA DE COQUEIRAL, AMBAS SITUADAS NO MUNICÍPIO DE ARACRUZ, NO ESPÍRITO SANTO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2353,67 +2353,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1545/01_anteprojeto_sucatas_-_junior_alves..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1591/02_anteprojeto_auxilio_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1675/anteprojeto_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1531/1_-_emenda_aditiva_projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1539/2_-_emenda_aditiva_e_modificativa_projeto_07-2022.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1569/1_-_emenda_aditiva_projeto_12-2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1554/1_-_emenda_modificativa_projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1503/001_indicacao-fazer_reparo_urgente_na_rua_que_liga_o_bairro_laquine_ao_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1504/002_indicacao-descentralizar_o_local_de_aplicacao_de_cursos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1505/003_indicacao-_contratar_professoresinstrutoresoficineiros_de_karate.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1506/004_indicacao-celeridade_no_processo_de_aquisicao_do_terreno_para_cemiterio_no_palmito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1507/005_indicacao-_corrego_do_mosquito_no_mapa_divulgado_pela_secretaria_de_saude.doc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1515/006_indicacao_-_jose_carlos_alves_junior.doc.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1516/007_indicacao-_jose_carlos_alves_junior.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1517/008_indicacao-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1518/09_preto_reabertura_da_via_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1522/10_indicacao-_elizeu_atendimento_medico_no_mosquito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1530/11_indicacao_junior_alves_-_sessao_de_15-03-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1532/12_indicacao-_descentralizacao_do_setor_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1533/13_indicacao-_pavimentacao_da_rua_paulo_pereira_em_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1536/0014_indicacao-_construcao_de_quebra-molas..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1537/0015_indicacao_-reparo_no_calcamento_no_bairro_nova_esperanca..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1546/16_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1547/17_indicacao_soprani.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1548/018_indicacao_valdemar_quadra_fatima.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1549/019_indicacao__iluminacao_2a_rotatoriaa_riviera-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1552/20-_indicacao_auditorio_emef_sta_rita.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1553/21-_indicacao_delegacia_rural.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1556/22_indicacao__-_jair.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1557/023_indicacao_valdemar_quadra_fatima.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1558/24_indicacao_-_preto_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1559/25_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1561/27-indicacao-reparo_na_cobertura_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1562/28-indicacao-linhas_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1570/29_indicacao-_pavimentacao_da_ruaagua_limp_em_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1571/30-indicacao_implantacao_da_casa_de_apoio_as_mulheres_vitimas_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1576/31_-_indicacao_-_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1578/032-_indicacao_-_ricardo_quite_esporte.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1579/33-indicacao_-_preto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1580/34_-_indicacao_-jair.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1581/35-indicacao_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1582/036_indicacao_valdemar_e_jean_sobre_o_campo_bom_de_bola.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1583/037_indicacao_valdemar_destinacao_dos_pneus.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1586/038-indicacao_-adequacao_do_piso_salarial_das_acs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1587/039_-_indicacao-piso_municipal_para_tecnicos_do_suas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1590/040-_indicacao_-_ricardo_quite_esporte.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1592/41_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1595/042indicacao_corrigir_o_valor_das_diarias_para_os_motoristas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1596/043indicacao_pavimentacao_das_ruas_do_entorno_da_igreja_catolica_no_palmito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1599/044_-_indicacao_-jair_ps_e_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1600/045_indicacao_ricardo_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1601/046_indicacao_valdemar_carate_e_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1602/47-_indicacao_jair_30-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1606/048-indicacao_jair_48-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1607/049-indicacao_jair_49-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1608/050-indicacao_jair_50-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1609/051-indicacao_jair_51-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1610/52_junior_alves_cumprimento_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1616/53indicacao_tininha_53-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1617/54-indicacao_tiao_soprani_54-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1618/55-indicacao_jair_55-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1619/56-indicacao_ricardo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1633/57-_jair_revitalizar_praca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1634/58-_indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1639/59_jair_sandrini_revitalizar_morro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1640/60-_indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1644/61-indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1649/62-indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1650/63-indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1651/64-indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1658/65-indicacao_ricardo_trofeu.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1664/66_-_campo_de_areira_barra_seca_-_preto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1667/67-_indicacao_-_guarda_escolas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1672/68-_indicacao_-_jean_e_tininha_camera_e_portao_eletronico.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1673/069_indicacao_valdemar_cartilha_obra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1680/70-indicacao_jair_70-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1681/71-indicacao_tininha_71-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1632/voto_de__mocao_-_grupo_italiano.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1509/projeto_de_decreto_1-22.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_decreto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1656/projeto_de_cedreto_3_-_2022_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1495/projeto_de_lei_01-2022_jean.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1510/projeto_de_lei_02-2022_jean.docx.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1521/projeto_de_lei_03-2022_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_04-2022_jr.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_005-2022_elizeu-_estabelece_requisitos_minimos_para_pavimentacao_de_vias_urbanas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1563/projeto_de_lei_006-arpal_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei-_07-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei-_08_2022_jair_-_abril_verde.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei-_09-2022_denomina_nome_de_avenida.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei-_10-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei-_11-2022junior.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_012-2022_codigo_de_etica_conduta_e_integridade_da_camara_municipal_de_jaguare2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1496/pl_001_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1497/pl_002_-_reajusta_o_valor_do_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1498/pl_003_-_concede_bonificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1499/pl_004_-_cria_cargo_assessor_estrutura_administrativa_lei_726.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1500/pl_005_-_autoriza_alterar_nomenclatura_de_unidade_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1501/pl_006_-_autoriza_alteracoes_na_loa_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1508/pl_007_-_regulamenta_o_sim_-_servico_de_inspecao_municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1519/pl_008_-_autoriza_abertura_de_credito_especial_para_a_secretaria_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1520/pl_009_-_dispoe_sobre_a_conducao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1528/pl_010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_fcca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1529/pl_011_-_termo_de_fomento_pestalozzi_e_mepes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1534/pl_012_-_autoriza_firma_convenio_para_repasse_ao_iseo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1535/pl_013_-_estabelece_diretrizes_para_oferta_de_educacao_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1544/pl_014_-_altera_a_lei_no_918.2011_que_dipoe_sobre_os_cargos_e_diretor_coordenadores_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1542/pl_015_-_autoriza_termo_de_fomento_com_o_grupo_artcultura_renascer.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1541/pl_016_-_reajusta_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1540/pl_017_-_cria_a_superintendecia_de_controle_governamental.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1550/pl_018_-_autoriza_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1551/pl_019_-_autoriza_abrir_credito_especial_na_secretaria_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1573/pl_020_-_programa_capacita_jaguare.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1574/pl_021_-_autoriza_abrir_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_-_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1575/pl_022_-_altera_o_paragrafo_3o_art._6o_da_lei_municipal_no._1.581-2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1584/pl_023_texto_anexos_final.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1589/pl_024_-_reajusta_o_valor_do_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1593/pl_025_-_autoriza_o_poder_executivo_municipal_a_desapropriar_areas_de_terras_e_doar_areas_a_pessoas_juridicas_de_direito_privado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1594/pl_026_-_altera_anexo_ii_da_lei_1273-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1597/pl_027_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_associacao_amigos_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1603/pl_028_-_desconcentracao_da_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1604/pl_029_-_autoriza_termo_de_fomento_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1605/pl_030_-_altera_a_lei_no_501-2001_-_pl_030_-_altera_a_lei_no_501-2001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1611/pl_031.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1612/pl_032.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1613/pl_033.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1614/pl_034.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1615/pl_035_-_realiza_a_revisao_geral_da_remuneracao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1620/pl_036_-_autoriza_abrir_credito_para_aquisicao_de_area_para_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1621/pl_037_-_denomina_jairo_jair_manoel_meira_a_cabine_de_imprensa_do_estadio_conilon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1626/pl_038_-_altera_a_lei_no_392_para_reajustar_os_vencimentos_dos_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1627/pl_039_-_altera_a_lei_no_737_para_reajustar_os_vencimentos_dos_agentes_de_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1628/pl_040_-_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1629/pl_041_-_altera_a_lei_918-2011_-_juntado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1635/pl_042_-_autoriza_termo_de_fomento_com_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1636/pl_043_-_altera_lei_406-1997_-_contratatacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1643/pl_044_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_tracja_trail_clube_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1647/pl_045_-_altera_726-2007_estrutura_administrativa_seguranca_ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1648/pl_046_e_anexos_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1652/pl047_v3_texto_e_anexos_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1654/pl_048_-_autoriza_termo_de_fomento_pestalozzi-nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1655/pl_049_-_dispoe_sobre_a_criacao_do_perimetro_urbano_da_fazenda_alegre_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1660/pl_050_-cria_o_programa_novos_caminhos_para_conservacao_das_estradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1661/pl_051_-_altera_a_redacao_da_lei_no_1.620_de_15_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1662/pl_052_-_autoriza_o_executivo_municipal_a_firmar_termo_de_fomento_e_criar_credito_especial_visando_a_adequacao_ao_orcamento_da_despesa_do_exercicio_financeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1663/pl_053_-_institui_o_hino_oficial_do_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1666/pl_054_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos_da_administracao_direta_e_autarquica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1674/pl_055_-regulamenta_o_conselho_de_acompanhamento_e_controle_social_do_fundo_de_manutencao_e_de_senvolvimento_da_educacao_basica_e_de_valorizacao_dos_profissionais_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1676/pl_056_-_institui_o_codigo_municipal_do_bem-estar_animal_estabelecendo_diretrizes_e_normas_para_a_garantia_de_atendimento_aos_principios_de_bem-estar_animal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1677/pl_057_-altera_o_anexo_i_da_lei_no_682_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1678/pl_058_-altera_o_anexo_i_da_lei_no_673_de_31_de_outubro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1679/pl_059_-_cria_cargos_em_comissao_de_assessor_adeministrativo_para_a_secretaria_municipal_de_educacao_seme_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1502/01requerimento_jair_-_class_risco.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1511/02_requerimento_ricardo_-_estrada_a_comunidade_snato_antonio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1512/03_requerimento_ricardo_-_insentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1513/04_requerimento_ricardo_-_manutencao_na_rua_no_seac.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1514/05_requerimento_ricardo_-_manutencao_da_rua_cipriano_cerutti.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1523/06_requerimento_ricardo_-_revisol_giral_dalvi.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1524/07_requerimento_ricardo_-_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1525/08_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1526/09_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1527/10_requerimento_ricardo_-_pavimentacao_revsol.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1564/11_requerimento_elizeu.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1565/12_requerimento_jair_sandrini.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1572/13_requerimento_-_jean-limpeza.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1588/14_requerimento_jean_placa_propaganda.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1598/015_requerimento_tininha_melhoramento_morro_fatima.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1641/16_requerimento_jair_providencia_preco_combustivel.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1566/parecer_juridico_-_veto_parcial_pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1567/parecer_juridico_-_veto_pl_legislativo_020-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1568/parecer_juridico_-_veto_pl_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1585/procuradoria_geral_do_municipio_de_jaguare_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1624/voto_de_aplausos_01-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1642/voto_de_aplausos_pm.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1646/voto_de_aplausos_-_michelle.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1623/voto_de_repudio_01-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1671/voto_de_repudio_02-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1545/01_anteprojeto_sucatas_-_junior_alves..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1591/02_anteprojeto_auxilio_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1675/anteprojeto_-_ricardo_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1531/1_-_emenda_aditiva_projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1539/2_-_emenda_aditiva_e_modificativa_projeto_07-2022.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1569/1_-_emenda_aditiva_projeto_12-2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1554/1_-_emenda_modificativa_projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1503/001_indicacao-fazer_reparo_urgente_na_rua_que_liga_o_bairro_laquine_ao_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1504/002_indicacao-descentralizar_o_local_de_aplicacao_de_cursos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1505/003_indicacao-_contratar_professoresinstrutoresoficineiros_de_karate.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1506/004_indicacao-celeridade_no_processo_de_aquisicao_do_terreno_para_cemiterio_no_palmito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1507/005_indicacao-_corrego_do_mosquito_no_mapa_divulgado_pela_secretaria_de_saude.doc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1515/006_indicacao_-_jose_carlos_alves_junior.doc.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1516/007_indicacao-_jose_carlos_alves_junior.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1517/008_indicacao-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1518/09_preto_reabertura_da_via_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1522/10_indicacao-_elizeu_atendimento_medico_no_mosquito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1530/11_indicacao_junior_alves_-_sessao_de_15-03-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1532/12_indicacao-_descentralizacao_do_setor_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1533/13_indicacao-_pavimentacao_da_rua_paulo_pereira_em_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1536/0014_indicacao-_construcao_de_quebra-molas..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1537/0015_indicacao_-reparo_no_calcamento_no_bairro_nova_esperanca..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1546/16_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1547/17_indicacao_soprani.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1548/018_indicacao_valdemar_quadra_fatima.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1549/019_indicacao__iluminacao_2a_rotatoriaa_riviera-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1552/20-_indicacao_auditorio_emef_sta_rita.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1553/21-_indicacao_delegacia_rural.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1556/22_indicacao__-_jair.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1557/023_indicacao_valdemar_quadra_fatima.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1558/24_indicacao_-_preto_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1559/25_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1561/27-indicacao-reparo_na_cobertura_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1562/28-indicacao-linhas_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1570/29_indicacao-_pavimentacao_da_ruaagua_limp_em_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1571/30-indicacao_implantacao_da_casa_de_apoio_as_mulheres_vitimas_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1576/31_-_indicacao_-_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1578/032-_indicacao_-_ricardo_quite_esporte.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1579/33-indicacao_-_preto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1580/34_-_indicacao_-jair.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1581/35-indicacao_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1582/036_indicacao_valdemar_e_jean_sobre_o_campo_bom_de_bola.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1583/037_indicacao_valdemar_destinacao_dos_pneus.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1586/038-indicacao_-adequacao_do_piso_salarial_das_acs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1587/039_-_indicacao-piso_municipal_para_tecnicos_do_suas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1590/040-_indicacao_-_ricardo_quite_esporte.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1592/41_indicacao_ricardo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1595/042indicacao_corrigir_o_valor_das_diarias_para_os_motoristas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1596/043indicacao_pavimentacao_das_ruas_do_entorno_da_igreja_catolica_no_palmito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1599/044_-_indicacao_-jair_ps_e_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1600/045_indicacao_ricardo_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1601/046_indicacao_valdemar_carate_e_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1602/47-_indicacao_jair_30-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1606/048-indicacao_jair_48-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1607/049-indicacao_jair_49-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1608/050-indicacao_jair_50-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1609/051-indicacao_jair_51-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1610/52_junior_alves_cumprimento_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1616/53indicacao_tininha_53-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1617/54-indicacao_tiao_soprani_54-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1618/55-indicacao_jair_55-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1619/56-indicacao_ricardo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1633/57-_jair_revitalizar_praca.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1634/58-_indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1639/59_jair_sandrini_revitalizar_morro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1640/60-_indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1644/61-indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1649/62-indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1650/63-indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1651/64-indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1658/65-indicacao_ricardo_trofeu.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1664/66_-_campo_de_areira_barra_seca_-_preto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1667/67-_indicacao_-_guarda_escolas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1672/68-_indicacao_-_jean_e_tininha_camera_e_portao_eletronico.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1673/069_indicacao_valdemar_cartilha_obra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1680/70-indicacao_jair_70-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1681/71-indicacao_tininha_71-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1632/voto_de__mocao_-_grupo_italiano.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1509/projeto_de_decreto_1-22.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_decreto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1656/projeto_de_cedreto_3_-_2022_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1495/projeto_de_lei_01-2022_jean.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1510/projeto_de_lei_02-2022_jean.docx.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1521/projeto_de_lei_03-2022_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1543/projeto_de_lei_04-2022_jr.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_005-2022_elizeu-_estabelece_requisitos_minimos_para_pavimentacao_de_vias_urbanas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1563/projeto_de_lei_006-arpal_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1622/projeto_de_lei-_07-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei-_08_2022_jair_-_abril_verde.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei-_09-2022_denomina_nome_de_avenida.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei-_10-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei-_11-2022junior.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_012-2022_codigo_de_etica_conduta_e_integridade_da_camara_municipal_de_jaguare2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1625/projeto_de_resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1496/pl_001_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1497/pl_002_-_reajusta_o_valor_do_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1498/pl_003_-_concede_bonificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1499/pl_004_-_cria_cargo_assessor_estrutura_administrativa_lei_726.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1500/pl_005_-_autoriza_alterar_nomenclatura_de_unidade_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1501/pl_006_-_autoriza_alteracoes_na_loa_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1508/pl_007_-_regulamenta_o_sim_-_servico_de_inspecao_municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1519/pl_008_-_autoriza_abertura_de_credito_especial_para_a_secretaria_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1520/pl_009_-_dispoe_sobre_a_conducao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1528/pl_010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_fcca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1529/pl_011_-_termo_de_fomento_pestalozzi_e_mepes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1534/pl_012_-_autoriza_firma_convenio_para_repasse_ao_iseo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1535/pl_013_-_estabelece_diretrizes_para_oferta_de_educacao_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1544/pl_014_-_altera_a_lei_no_918.2011_que_dipoe_sobre_os_cargos_e_diretor_coordenadores_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1542/pl_015_-_autoriza_termo_de_fomento_com_o_grupo_artcultura_renascer.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1541/pl_016_-_reajusta_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1540/pl_017_-_cria_a_superintendecia_de_controle_governamental.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1550/pl_018_-_autoriza_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1551/pl_019_-_autoriza_abrir_credito_especial_na_secretaria_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1573/pl_020_-_programa_capacita_jaguare.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1574/pl_021_-_autoriza_abrir_credito_especial_ao_orcamento_do_fundo_municipal_de_assistencia_-_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1575/pl_022_-_altera_o_paragrafo_3o_art._6o_da_lei_municipal_no._1.581-2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1584/pl_023_texto_anexos_final.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1589/pl_024_-_reajusta_o_valor_do_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1593/pl_025_-_autoriza_o_poder_executivo_municipal_a_desapropriar_areas_de_terras_e_doar_areas_a_pessoas_juridicas_de_direito_privado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1594/pl_026_-_altera_anexo_ii_da_lei_1273-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1597/pl_027_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_associacao_amigos_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1603/pl_028_-_desconcentracao_da_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1604/pl_029_-_autoriza_termo_de_fomento_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1605/pl_030_-_altera_a_lei_no_501-2001_-_pl_030_-_altera_a_lei_no_501-2001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1611/pl_031.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1612/pl_032.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1613/pl_033.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1614/pl_034.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1615/pl_035_-_realiza_a_revisao_geral_da_remuneracao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1620/pl_036_-_autoriza_abrir_credito_para_aquisicao_de_area_para_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1621/pl_037_-_denomina_jairo_jair_manoel_meira_a_cabine_de_imprensa_do_estadio_conilon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1626/pl_038_-_altera_a_lei_no_392_para_reajustar_os_vencimentos_dos_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1627/pl_039_-_altera_a_lei_no_737_para_reajustar_os_vencimentos_dos_agentes_de_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1628/pl_040_-_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1629/pl_041_-_altera_a_lei_918-2011_-_juntado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1635/pl_042_-_autoriza_termo_de_fomento_com_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1636/pl_043_-_altera_lei_406-1997_-_contratatacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1643/pl_044_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_termo_de_fomento_tracja_trail_clube_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1647/pl_045_-_altera_726-2007_estrutura_administrativa_seguranca_ass.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1648/pl_046_e_anexos_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1652/pl047_v3_texto_e_anexos_ass.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1654/pl_048_-_autoriza_termo_de_fomento_pestalozzi-nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1655/pl_049_-_dispoe_sobre_a_criacao_do_perimetro_urbano_da_fazenda_alegre_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1660/pl_050_-cria_o_programa_novos_caminhos_para_conservacao_das_estradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1661/pl_051_-_altera_a_redacao_da_lei_no_1.620_de_15_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1662/pl_052_-_autoriza_o_executivo_municipal_a_firmar_termo_de_fomento_e_criar_credito_especial_visando_a_adequacao_ao_orcamento_da_despesa_do_exercicio_financeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1663/pl_053_-_institui_o_hino_oficial_do_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1666/pl_054_-_dispoe_sobre_o_pagamento_de_valor_adicional_aos_servidores_publicos_da_administracao_direta_e_autarquica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1674/pl_055_-regulamenta_o_conselho_de_acompanhamento_e_controle_social_do_fundo_de_manutencao_e_de_senvolvimento_da_educacao_basica_e_de_valorizacao_dos_profissionais_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1676/pl_056_-_institui_o_codigo_municipal_do_bem-estar_animal_estabelecendo_diretrizes_e_normas_para_a_garantia_de_atendimento_aos_principios_de_bem-estar_animal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1677/pl_057_-altera_o_anexo_i_da_lei_no_682_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1678/pl_058_-altera_o_anexo_i_da_lei_no_673_de_31_de_outubro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1679/pl_059_-_cria_cargos_em_comissao_de_assessor_adeministrativo_para_a_secretaria_municipal_de_educacao_seme_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1502/01requerimento_jair_-_class_risco.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1511/02_requerimento_ricardo_-_estrada_a_comunidade_snato_antonio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1512/03_requerimento_ricardo_-_insentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1513/04_requerimento_ricardo_-_manutencao_na_rua_no_seac.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1514/05_requerimento_ricardo_-_manutencao_da_rua_cipriano_cerutti.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1523/06_requerimento_ricardo_-_revisol_giral_dalvi.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1524/07_requerimento_ricardo_-_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1525/08_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1526/09_requerimento_ricardo_-_calcamento_na_rua_terezinha_de_pra_x_rua_darcy_russe_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1527/10_requerimento_ricardo_-_pavimentacao_revsol.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1564/11_requerimento_elizeu.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1565/12_requerimento_jair_sandrini.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1572/13_requerimento_-_jean-limpeza.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1588/14_requerimento_jean_placa_propaganda.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1598/015_requerimento_tininha_melhoramento_morro_fatima.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1641/16_requerimento_jair_providencia_preco_combustivel.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1566/parecer_juridico_-_veto_parcial_pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1567/parecer_juridico_-_veto_pl_legislativo_020-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1568/parecer_juridico_-_veto_pl_legislativo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1585/procuradoria_geral_do_municipio_de_jaguare_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1624/voto_de_aplausos_01-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1642/voto_de_aplausos_pm.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1646/voto_de_aplausos_-_michelle.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1623/voto_de_repudio_01-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2022/1671/voto_de_repudio_02-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="251.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="250.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>