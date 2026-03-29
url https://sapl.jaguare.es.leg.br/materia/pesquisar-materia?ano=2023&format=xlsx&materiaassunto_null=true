--- v0 (2026-02-05)
+++ v1 (2026-03-29)
@@ -54,2047 +54,2047 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>JOSE CARLOS ALVES JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1764/anteprojeto_001.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1764/anteprojeto_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de dispositivo de segurança, conhecido como "botão de pânico", ou aparelho similar nas escolas públicas da rede de ensino da cidade e dá outras providências.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1765/anteprojeto_002.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1765/anteprojeto_002.pdf</t>
   </si>
   <si>
     <t>Da prioridade de atendimento as pessoas acompanhantes imprescindíveis na consecução das atividades cotidianas de pessoas portadores de limitações físicas/mentais ou doença grave ou em condição de prioridade e dá outras providências.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1721/ante_projeto_003-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1721/ante_projeto_003-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 122 da Lei Complementar Municipal n° 683, de 15 de dezembro de 2018, que dispõe sobre o Estatuto dos Servidores Públicos do Município de Jaguaré – ES</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1727/anteprojeto_-_jean_2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1727/anteprojeto_-_jean_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE EQUIPAMENTOS DETECTORES DE METAIS, INTERFONES, CÂMERAS DE SEGURANÇA E VEDAÇÃO DE PESSOAS NÃO AUTORIZADAS PERMANENTE NAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>JAIR SANDRINI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1760/anteprojeto_005_-_jair_-_enfermagem.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1760/anteprojeto_005_-_jair_-_enfermagem.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a Criação do "PROGRAMA ENFERMAGEM NAS ESCOLAS", que consiste na permanência de um enfermeiro e/ou técnico de enfermagem nas unidades de ensino e creches das redes públicas e privadas do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1829/01_anteprojeto_--_jr.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1829/01_anteprojeto_--_jr.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM FIBROMIALGIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1830/anteprojeto__banda_-.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1830/anteprojeto__banda_-.pdf</t>
   </si>
   <si>
     <t>Cria Banda de música no município de Jaguaré-ES denominada BAMMUJA e inclui na estrutura administrativa do município</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1846/01_anteprojeto_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1846/01_anteprojeto_elizeu.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BOLSA ATLETA JAGUARÉ, ESTABELECE AS DIRETRIZES PARA A PROMOÇÃO DO ESPORTE E LAZER NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1845/emenda_modificativa_02projeto_de_lei015-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1845/emenda_modificativa_02projeto_de_lei015-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DÉCIMO TERCEIRO SUBSÍDIO E O GOZO DE FÉRIAS REMUNERADAS COMO DIREITOS DOS VEREADORES INTEGRANTES DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1748/emenda_modificativa_01-proj.018-2023.doc</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1748/emenda_modificativa_01-proj.018-2023.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2023. Ao Projeto de Lei nº 018/20203.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>EMENS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1844/emenda_-_projeto_de_lei_048-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1844/emenda_-_projeto_de_lei_048-2023.pdf</t>
   </si>
   <si>
     <t>Alterar os dispositivos do Projeto de Lei nº 48/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_1.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DE UMA PISTA DE PROVA PARA MOTO E CARRO PARA USO DAS AUTO ESCOLAS E DO DETRAN DO MUNICIPIO DE JAGUARE - ES</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Empreender esforços para a fiel execução da Lei Berenice Piana (Lei Federal 12.764 de 2012) e da Lei Municipal 1.553 de 2021.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_3.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_3.pdf</t>
   </si>
   <si>
     <t>Empreender os esforços necessários para a reforma da Capela Mortuária do Cemitério Municipal , situado à rua 13 de Dezembro.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_4.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_4.pdf</t>
   </si>
   <si>
     <t>I-PAVIMENTAÇÃO NA RUA PEDRO ÁLVARES CABRAL, NO BAIRRO BOA VISTA I.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_5.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_5.pdf</t>
   </si>
   <si>
     <t>I- INSTALAÇÃO DE AR CONDICIONADO NA RECEPÇÃO DA UNIDADE DE SAÚDE DO BAIRRO SEAC; II-REFORMA NA UNIDADE DE SAÚDE DO BAIRRO SEAC.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_6.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_6.pdf</t>
   </si>
   <si>
     <t>I – Reforço na iluminação na Academia Popular localizada na Praça “Nicolau Falchete”, bem como que seja disponibilizado profissional habilitado para acompanhar os exercícios dos usuários.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_7.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_7.pdf</t>
   </si>
   <si>
     <t>I - Realização de campanha de estratégia de Prevenção e Conscientização de acidentes envolvendo máquinas e equipamentos utilizados na colheita de café do município.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_8.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_8.pdf</t>
   </si>
   <si>
     <t>I - Prioridade no reparo do calçamento das Ruas do Bairro Novo Tempo.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_9.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_9.pdf</t>
   </si>
   <si>
     <t>I- Fiscalizar emissão de poluição sonora que, direta ou indiretamente, seja ofensiva ou nociva a saúde, a segurança e ao bem-estar da coletividade; ruídos e nocivos ou incomodativos para que habitem, trabalhem ou permaneçam nas imediações do local de onde decorre a emissão do som.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_10.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_10.pdf</t>
   </si>
   <si>
     <t>I - Disponibilizar sala com ar condicionado para atender as gestantes do município na Unidade de Saúde do Bairro Seac._x000D_
 II- Aquisição e instalação de uma porta na sala de emergência da UMI.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_11.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_11.pdf</t>
   </si>
   <si>
     <t>I- Proporcionar e exigir exame oftalmológicos para todas as crianças que se matriculem n 1] ano do Ensino Fundamental, nas escolas municipais.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_12.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_12.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma Unidade Básica de Saúde ou de imediato atendimento médico na localidade de São Roque.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_13.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_13.pdf</t>
   </si>
   <si>
     <t>I – Construção da capela mortuária no antigo cemitério de Jaguaré/ES .</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_14.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_14.pdf</t>
   </si>
   <si>
     <t>I - Alteração do estatuto dos Servidores Públicos do Município de Jaguares- ES</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_15.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_15.pdf</t>
   </si>
   <si>
     <t>Buscar junto ao DER a instalação de placas de sinalização para ciclista em toda a extensão da Rodovia Dom josé Dalvit</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_16.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Revestimento  com Revisol  em morro no Barra Seca Velha e morro do Córrego Dévens, zona rural do município</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_17.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_17.pdf</t>
   </si>
   <si>
     <t>Construção de quebra-molas na rua do Veludo e rua José  Fontoni,  na  localidade de Agua Limpa.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1785/jair_-_indicacao_18.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1785/jair_-_indicacao_18.pdf</t>
   </si>
   <si>
     <t>Regulamentação do cargo de “condutor de ambulância” no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_19.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Limpeza e capina nos bairros e loteamento do município objetivando prevenção da dengue, animais peçonhentos e outros, bem como realização de campanha para o mesmo fim.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_20.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Aplicação de Revisol no morro da comunidade Santa Rita,  Cachimbal e melhorias nas estradas de Vargem Grande, próximo as propriedades de Jonas Dadalto e em torno, para escoar a produção agrícola.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_21.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para que seja feita a manutenção de canteiros da Avenida Conilon e ruas do bairro Riviera</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_22.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Construção de uma empresa para replanilhar o projeto de construção da Escola do Bairro Riviera.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_23.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_23.pdf</t>
   </si>
   <si>
     <t>Indicar o nome de Arcelino Locateli para constar no troféu de premiação de primeiro lugar de futebol do campeonato  da primeira divisão do município de Jaguaré-Es</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_25.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Limpeza de área localizada atrás do posto corumbá, sede do município</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_26.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Providenciar melhorias na Praça do bairro Irmã Tereza, com instalação de alambrado.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_27.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Desenvolver o programa “trator solidário” no âmbito do município, para benefício dos pequenos produtores rurais do município, com aquisição e/ou de tratores tipo pneu traçado para preparação de solo, objetivando o plantio de café e pimenta.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_28.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Melhoria na via de acesso ao condomínio Savernine, localizado no Cachimbal, interior do município.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_29.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Construção de 02 (dois) quebra-molas em frente à escola “São Sebastião”, localizada no Jirau.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_30.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_30.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR reforma da arquibancada da quadra da Escola Comunitária na Comunidade da Japíra</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_31.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Implantação de uma academia popular e playground na praça no bairro Novo Tempo, bem como melhorias na Iluminação da respectiva praça._x000D_
 Instalação de Bebedouro no campo de futebol do Novo Tempo, bem como Instalação de irrigação para manutenção do gramado.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_32.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_32.pdf</t>
   </si>
   <si>
     <t>Disponibilizar transporte gratuito para os times de futebol do município participarem do campeonato, tanto na primeira como na segunda divisão.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_33.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Providenciar reparos na cobertura da quadra de esportes do Palmito, bem como a reforma nos banheiros da respectiva quadra.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_34.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Reajustar o valor da Bolsa auxílio pago aos estagiários de ensino médio, técnico, superior e profissional de educação, conforme municipal nº lei 678, de 15 de dezembro de 2006</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_35-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_35-2023-_jair.pdf</t>
   </si>
   <si>
     <t>Melhorias de infraestrutura na Comunidade São Paulinho, interior do município: Construção de poço artesiano;  Pavimentação das vias da comunidade através do programa “Calçamento rural”; Revestimento com Revsol na estrada que liga a rodovia de acesso até a comunidade.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_36-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_36-2023-_jair.pdf</t>
   </si>
   <si>
     <t>Instalar redutor de velocidade na Rodovia “Dom José Dalvit”.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_37-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_37-2023-_jair.pdf</t>
   </si>
   <si>
     <t>Reiterar indicação já realizada, para que o município disponibilize telefone celular no CAPS.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_38.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Providenciar contratação de serviços para as Escolas Públicas do Município.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_39.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Revestimento com revsol na estrada que liga o centro da Comunidade do Jirau até a Comunidade Campo do Cruzeiro</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_40.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Instalar redutor de velocidade (quebra-molas) no Bairro Novo Horizonte</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_41.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Revestimento com revsol na estrada a sede do Rotary Club de Jaguaré-ES até a represa do Jundiá, ponto turístico do município.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_42.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Revestimento com revsol na estrada que liga a Rodovia de acesso (Jaguaré-ES x km 41) à Comunidade Vargem Grande.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_43.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_43.pdf</t>
   </si>
   <si>
     <t>I – ampliação da capacidade do reservatório do SAAE na comunidade de Fátima;_x000D_
 II – construção de estação elevatória de água próximo ao CEIM “Fátima” com capacidade para atender a região.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_44.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Construção de quebra-molas e instalação de placas indicativas nas proximidades do Córrego Dezoito, zona rural do município.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_45.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Pavimentação das ruas Josias Basseti e Altemar Basseti, localizadas na sede do município.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_46.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Reforma e manutenção da escola “Aurélio Caliman”, localizada em Água Limpa.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_47.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Melhorias de infraestrutura no Morro da Cachoeira do Bereco região do distrito de Fátima, interior do município, do tipo Revestimento com REVSOL.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_48.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Reforma da quadra de esportes da escola “Santa Catarina”, localizada no bairro Seac.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_49.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Realização do cadastro do município de Jaguaré junto a Receita Federal para recebimento de doações voluntárias de imposto de renda para repassar as entidades que cuidam da criança e do adolescente neste Município e outros.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_51.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Estudo de melhoria da localização das rampas de acesso nas calçadas do município às pessoas com mobilidade reduzida, bem como campanha de conscientização de acessibilidade.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_52.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Empreender os esforços necessários para solucionar junto ao GrupoCap os problemas de saneamento que vêm trazendo transtorno aos moradores do bairro Eldorado.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_53-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_53-2023-_jair.pdf</t>
   </si>
   <si>
     <t>Instalar e/ou disponibilizar telefone em todas as unidades de Saúde, Centro de Fisioterapia, CAP´S e outros do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_54.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Restabelecer os horários do transporte intermunicipal (Jaguaré-ES X Nova Venécia-ES), para atendimento da "Rede Cuidar".</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_55.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Manutenção com poda das árvores localizadas junto às redes de instalação elétrica da Comunidade de Fátima.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_56.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_56.doc.pdf</t>
   </si>
   <si>
     <t>Reparos na área Interna dos vestiários, melhoramento na tubulação e encanamento de água; iluminação nos vestiários, banheiros, arquibancada, e em torno do campo; banco para os atletas reservas e bebedouro do Campo de futebol do bairro Novo Tempo.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_57.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para a reforma do Ginásio  de Esportes Municipal. Ginásio de Esportes “Paschoal Brioschi”</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_58.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para reforma Do Centro Esportivo Conilon de Jaguaré.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_59.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para a instalação de Playground na Praça Nicolau Falcheto.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_60.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Empreender esforços para que se cobre as melhorias necessárias dos serviços prestados pela Viação São Gabriel em nosso Município.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_61.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Calçamento e iluminação pública na Rua Projetada, em Agua Limpa, rua que dá acesso ao Campo; Cemitério; Quadra poliesportiva; e ao Campo Bom de Bola.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_62.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Buscar junto ao SAAE análise da água dos poços artesianos das escolas e apresentar o resultado a população e Construir muretas com pinturas sobre conscientização do uso da água nos locais que são disponibilizados o acesso à água advinda dos poços artesianos das escolas.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_63.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Providencias junto a Secretaria de Obras para realização de serviços de manutenção na barragem da represa que separa o poligonal Novo Tempo do bairro Novo Tempo, bem como abertura da estrada que liga os dois bairros.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_64.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Calçamento da rua Agostinho Laquini, no bairro Laquini.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_65-2023-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_65-2023-_elizeu.pdf</t>
   </si>
   <si>
     <t>Instituir política de reserva de vagas para profissionais recém-formados, nos processos seletivos para contratação temporária e nos contratos de gestão da administração pública.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_66-2023-_rtininha_e_jean_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_66-2023-_rtininha_e_jean_1.pdf</t>
   </si>
   <si>
     <t>Construção de banheiro e instalação de bebedouro de água ao lado do Campo de futebol “Bom de Bola”, Comunidade de Fátima.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_67-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_67-2023-_jair.pdf</t>
   </si>
   <si>
     <t>Instalação de base de regulação descentralizada do SAMU no norte do Estado do Espírito Santo.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_jean_calcamento.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_jean_calcamento.pdf</t>
   </si>
   <si>
     <t>Providencie calçamento em 02 trechos da Rua Apheu Sossai: um ao lado do laboratório Franco, próximo ao Hospital e o outro que liga o Centro ao Bairro Laquini, passando pela praça Nicolau Fachetto.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_69.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Fiscalização aos espaços públicos para evitar a depredação e mau uso dos ambientes no Município de Jaguaré.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_jair_sandrini_convenio_estado_asfalto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_jair_sandrini_convenio_estado_asfalto.pdf</t>
   </si>
   <si>
     <t>Que seja realizado convênio junto ao Governo do Estado para asfaltamento da via que dá acesso a Br 101 pela Comunidade da Abóbora e Japira neste Município</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_jair_sandrini_samu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_jair_sandrini_samu.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM IMÓVEL QUE SERVIRÁ DE BASE PARA OSERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA (SAMU) NO MUNICÍPIO DE JAGUARÉ/ES</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_72.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_72.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR PAVIMENTAÇÃO NAS RUAS EM TORNO DO ESTÁDIO CONILON NO MUNICÍPIO DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_73.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_73.pdf</t>
   </si>
   <si>
     <t>INDICAMOS CONSTRUÇÃO DE MURO EM VOLTA DE TODA A ESCOLA MUNICIPAL CEIM BARRA SECA, MUNICÍPIO DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_74.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Melhorias de infraestrutura no morro de Santo Antônio de Pádua próximo ao Tião Zuque e o morro do Zé Mauro, interior do município, com Revestimento de REVSOL</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_75.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_75.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUEBRA-MOLAS NAS SEGUINTES_x000D_
 LOCALIDADES:_x000D_
 Bairro: Villaggio_x000D_
 Rua: Av. Alberto Marinato_x000D_
 Ponto referência: Roberio casa das panelas / Império Gesso_x000D_
 Bairro: Villaggio_x000D_
 Rua: Av dos tucanos_x000D_
 Ponto Referência: caldos da mari</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1866/indicacao_76.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1866/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas na Av. 09 de Agosto, próximo à Nicoli Café</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Jaguaré - PMJ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>OFICIO 001/2023 - SEGOV</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>MARCOS ANTONIO GUERRA WANDERMUREM</t>
   </si>
   <si>
     <t>A par de respeitosamente cumprimenta-los, venho por meio deste, em atenção ao disposto nos artigos 16, inciso XVI c/c artigo 67, inciso II da LOM, requer LICENÇA PARA TRATAMENTO DE SAÚDE no período compreendido entre 22 de maio a 10 de junho de 2023, conforme laudo médico em anexo.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao_de_aplauso_-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao_de_aplauso_-_ricardo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO à IGREJA BATISTA, por 120 anos de serviço e benção no Estado do Espírito Santo.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_bammuja_-_junior_alves.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_bammuja_-_junior_alves.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE JAGUARÉ, ES, através do Vereador JOSÉ CARLOS ALVES JÚNIOR que a esta subscreve, no uso de suas atribuições regimentais, requer Douto Plenário, que seja inserido nos Anais desta Augusta Casa de Leis VOTO DE MOÇÃO  à Banda Musical Municipal de Jaguaré BAMMUJA.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1851/mocao_radio_ativa_fm.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1851/mocao_radio_ativa_fm.pdf</t>
   </si>
   <si>
     <t>Voto de moção /congratulação a Rádio Ativa FM , pela comemoração dos seus 20 anos de transmissão.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1788/projeto_de_decreto_no._01.2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1788/projeto_de_decreto_no._01.2023.pdf</t>
   </si>
   <si>
     <t>APLICA O MECANISMO DE AJUSTE FISCAL DE VEDAÇÃO DE ATOS QUE RESULTEM EM AUMENTO DE DESPESA NO ÂMBITO DO PODER LEGISLATIVO, CONFORME ART. 167-A DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_emenda_lom_2023_13_sal_ferias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_emenda_lom_2023_13_sal_ferias.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO ÚNICO AO ART. 19 DA LEI ORGÂNICA DO MUNICÍPIO DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1692/projeto_de_lei_-_ti.docx</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1692/projeto_de_lei_-_ti.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 741, DE 19 DE DEZEMBRO DE 2007, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE JAGUARÉ-ES”</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1693/projeto_de_lei_02-2023.docx</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1693/projeto_de_lei_02-2023.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DA MULHER NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE JAGUARÉ-ES”.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_003-2023_-_legislativo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_003-2023_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei nº 814, de 11 de maio 2009 e das outras providencias.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_legislativo_4.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_legislativo_4.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Legislativo Municipal a abrir crédito especial</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>Altera a lei nº 1.670, de 20 de Março de 2023</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de toda mulher a ter um acompanhante, pessoa de sua livre escolha, nas consultas e exames, inclusive os ginecológicos públicos e privados</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_008_-2023_-_legislativo_jair_dia_do_terco.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_008_-2023_-_legislativo_jair_dia_do_terco.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do terço dos homens a ser celebrado anualmente no dia 17 de abril.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_009-2023_-_legislativo_jair_auxilio_funeral.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_009-2023_-_legislativo_jair_auxilio_funeral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre auxilio e plano funeral.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_10-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_10-2023.pdf</t>
   </si>
   <si>
     <t>SEMANA MUNICIPAL DE ATENÇÃO AO IDOSO</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_11-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_11-2023.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal de Conscientização da Violência contra a Pessoa Idosa”, bem como institui e inclui no calendário oficial do município de Jaguaré-ES a campanha Junho Violeta.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_12-2023.docx</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_12-2023.docx</t>
   </si>
   <si>
     <t>Institui a Política Municipal para Valorização e Aplicação do Conhecimento e da Experiência dos Idosos para Fins Educacionais, Culturais e Sociais para a Complementação Educacional de Crianças Matriculadas na Rede Municipal de Ensino do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_13-2023_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_13-2023_-_tininha.pdf</t>
   </si>
   <si>
     <t>Dispõe e denomina nome a EMEIEF ADRIANA DE SOUZA BARCELOS na escola localizada na Comunidade do Palmitinho, Município de Jaguaré, ES</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1821/projeto_de_lei_14-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1821/projeto_de_lei_14-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de instalação de barracas removíveis, de veículos adaptados, prestação de serviços e vendas de produtos típicos por instituições religiosas ou instituições sem fins lucrativos, nos espaços públicos do município para fins de arrecadação com objetivos específicos e de interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1834/projeto_15_subsidio_vereadores.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1834/projeto_15_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município de Jaguaré-ES para a legislatura 2025/2028 e dá outras providências</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice Prefeito e secretários do Município de Jaguaré-ES para a legislatura de 2025/2028 e dá outras providências</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_tininha_c.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_tininha_c.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAR E DAR DIRETRIZES AO POPULARMENTE CONHECIDO COMO "TRENZINHOS DA ALEGRIA" EM ATIVIDADE NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1841/projeto_diversidade_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1841/projeto_diversidade_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DE DIVERSIDADE SEXUAL E DE GÊNERO DE JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_legislativo_19.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_legislativo_19.pdf</t>
   </si>
   <si>
     <t>PROÍBE A QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS DE ALTO IMPACTO SONORO, TECNICAMENTE CLASSIFICADOS COMO “FOGOS DE ESTAMPIDO” E “ARTIGOS EXPLOSIVOS”.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1855/projeto_subsidio_prefeito.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1855/projeto_subsidio_prefeito.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICEPREFEITO E SECRETÁRIOS DO MUNICÍPIO DE JAGUARÉ-ES PARA A LEGISLATURA DE 2025/2028 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1856/projeto_subsidio_vereadores_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1856/projeto_subsidio_vereadores_1.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE JAGUARÉ-ES PARA A LEGISLATURA 2025/2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_001_-_cria_o_programa_municipal_balcao_de_empregos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_001_-_cria_o_programa_municipal_balcao_de_empregos.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "BALCÃO MUNICIPAL DE EMPREGOS" NO MINICÍPIO DE JAGUARÉ /ES E DÁ OUTROS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1684/pl_002_-_institui_a_feira_livre_municipal.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1684/pl_002_-_institui_a_feira_livre_municipal.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA LIVRE MUNICIPAL DA AGRICULTURA FAMILIAR E DE ARTESANATO NO MUNICÍPIO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1685/pl_003_-_altera_a_lei_561-2003_estrutura_administrativa_projeto_bem_viver.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1685/pl_003_-_altera_a_lei_561-2003_estrutura_administrativa_projeto_bem_viver.pdf</t>
   </si>
   <si>
     <t>ALTERA A VINCULAÇÃO ADMINISTRATIVA DO PROJETO "BEM VIVER", CRIADO POR MEIO DA LEI Nº 561, DE 21 DE FEVEREIRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1686/pl_004_-_cria_cargos_para_a_estrutura_administrativa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1686/pl_004_-_cria_cargos_para_a_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO  DE JAGUARÉ  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1687/pl_005_-_cria_cargos_cultura.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1687/pl_005_-_cria_cargos_cultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECULTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO PARA ATENDER NECESSIDADES TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO JUNTO À SECRETARIA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1688/pl_006_-_cria_incentivos_fiscais.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1688/pl_006_-_cria_incentivos_fiscais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE INCENTIVO FISCAIS PARA INSTALAÇÃO, EXPANSÃO E DESENVOLVIMENTO ECONÔMICO EMPRESARIAL NO TERRITÓRIO DO MUNICÍPIO DE JAGUARÉ/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1689/pl_007_-altera_o_anexo_ii_da_lei_no_680_de_15_de_dezembro_de_2006_para_a_atualizacao_da_planta_generica_de_valores_do_municipio_de_jaguarees.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1689/pl_007_-altera_o_anexo_ii_da_lei_no_680_de_15_de_dezembro_de_2006_para_a_atualizacao_da_planta_generica_de_valores_do_municipio_de_jaguarees.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI Nº 680, DE 15 DE DEZEMBRO DE 2006, PARA A ATUALIZAÇÃO DA PLANTA GENÉRICA DE VALORES DO MUNICÍPIO DE JAGUARÉ/ES , CONCEDE BENEFÍCIOS TRIBUTÁRIOS QUANTO AO IMPOSTO PREDIAL TERRITORIAL URBANO E DÁ OUTRAS PROVEDÊNCIAS.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_008_-_reverte_imovel_doado_excim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_008_-_reverte_imovel_doado_excim.pdf</t>
   </si>
   <si>
     <t>REVERTE IMOVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_009_-_altera_a_lei_no_55_de_24_de_julho_de_1986_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_009_-_altera_a_lei_no_55_de_24_de_julho_de_1986_1.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art.19 da Lei nº 55 de 24 de julho de 1986.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_0010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a_associacao_de_voluntarios_amigos_do_pelo_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_0010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a_associacao_de_voluntarios_amigos_do_pelo_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder Executivo Municipal a abrir crédito especial para firmar termo de fomento com a Associação de Voluntários Amigos do Pelo de Jaguaré/ES.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a firmar Termo de Fomento com o Movimento de Educação Promocional do Espírito Santo - MEPES, e dá outras providências</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1712/pl-13-2023_juntado.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1712/pl-13-2023_juntado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 683, de 15 de dezembro de 2006</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_014-_dispoe_sobre_reajuste_salarial.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_014-_dispoe_sobre_reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ARTCULTURA RENASCER E ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1713/pl_015_-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1713/pl_015_-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1726/pl-16.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1726/pl-16.pdf</t>
   </si>
   <si>
     <t>CRIAR CARGOS PÚBLICOS, ALTERA A LEI Nº682, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1738/pl_017_-_altera_os_anexos_i_e_iii_da_lei_no_1.519_de_19_de_dezembro_de_2019_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1738/pl_017_-_altera_os_anexos_i_e_iii_da_lei_no_1.519_de_19_de_dezembro_de_2019_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS I e III DA LEI Nº 1.519, DE 19 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1739/pl_018_-_inclui_dispositivos_no_art._57_da_lei_no_683_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_regime_juridico_unico_dos_servidores_do_municipio_de_jaguare__es.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1739/pl_018_-_inclui_dispositivos_no_art._57_da_lei_no_683_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_regime_juridico_unico_dos_servidores_do_municipio_de_jaguare__es.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos no art. 57 da Lei nº 683, de 15 de dezembro de 2006, que dispõe sobre o Regime Jurídico Único dos Servidores do Município de Jaguaré – ES</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1740/pl_019_-_autoriza_o_chefe_do_executivo_a_abrir_credito_adicional_especial_no_orcamento_da_secretaria_municipal_de_obras_e_servicos_urbanos1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1740/pl_019_-_autoriza_o_chefe_do_executivo_a_abrir_credito_adicional_especial_no_orcamento_da_secretaria_municipal_de_obras_e_servicos_urbanos1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1741/pl_020_-_dispoe_sobre_a_doacao_de_bens_imoveis_ao_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1741/pl_020_-_dispoe_sobre_a_doacao_de_bens_imoveis_ao_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS IMÓVEIS AO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>ELDER SOSSAI DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_n_21-2023_ldo_2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_n_21-2023_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias (LDO), para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1767/pl_022_-_concede_reajuste_de_vencimentos_as_classes_assistente_social_e_psicologo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1767/pl_022_-_concede_reajuste_de_vencimentos_as_classes_assistente_social_e_psicologo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTO ÀS CARREIRAS DE ASSISTENTE SOCIAL E PSICÓLOGO, ALTERANDO A LEI Nº 682 DE 15 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1768/pl_023_-_cria_gerencia_especializada_de_fisioterapia_e_a_gerencia_especializada_de_transporte_na_estrutura_da_secretaria_municipal_de_saude-alterado.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1768/pl_023_-_cria_gerencia_especializada_de_fisioterapia_e_a_gerencia_especializada_de_transporte_na_estrutura_da_secretaria_municipal_de_saude-alterado.pdf</t>
   </si>
   <si>
     <t>CRIA GERÊNCIA ESPECIALIZADA DE FISIOTERAPIA E A GERÊNCIA ESPECIALIZADA DE TRANSPORTE NA ESTRUTURA DA SECRETARIA MUNICIPAL DE SAÚDE, PREVISTA NA LEI Nº 726, DE 02 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1770/pl_024_-_cria_cargo_publico_altera_a_lei_no_682_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1770/pl_024_-_cria_cargo_publico_altera_a_lei_no_682_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO PÚBLICO, ALTERA A LEI Nº 682, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1769/pl_025_-_cria_e_extingue_cargo_e_altera_a_lei_complementar_no_1.273_de_02_de_outubro_de_2015_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1769/pl_025_-_cria_e_extingue_cargo_e_altera_a_lei_complementar_no_1.273_de_02_de_outubro_de_2015_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>CRIA E EXTINGUE CARGO E ALTERA A LEI COMPLEMENTAR Nº 1.273, DE 02 DE OUTUBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1766/pl_026_-_cria_cargo_e_altera_a_lei_complementar_no_969_de_27_de_dezembro_de_2011_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1766/pl_026_-_cria_cargo_e_altera_a_lei_complementar_no_969_de_27_de_dezembro_de_2011_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO E ALTERA A LEI COMPLEMENTAR Nº 969, DE 27 DE DEZEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1780/pl_027_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1780/pl_027_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONOMICA FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1791/pl_028_-_institui_a_lei_geral_municipal_da__microempresa_empresa_de_pequeno_porte_e_microempreendedor_individual_no_municipio_de_jaguare_e_das_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1791/pl_028_-_institui_a_lei_geral_municipal_da__microempresa_empresa_de_pequeno_porte_e_microempreendedor_individual_no_municipio_de_jaguare_e_das_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui a Lei Geral Municipal da Microempresa, Empresa de Pequeno Porte e Microempreendedor Individual no Município de Jaguaré e das outras providências</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_029_-_cria_o_conselho_municipal_de_acompanhamento_e_fiscalizacao_de_execucao_dos_recursos_provenientes_do_funpaes_a_que_se_refere_a_lei_estadual_no_11.790_de_28_de_marco_de_2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_029_-_cria_o_conselho_municipal_de_acompanhamento_e_fiscalizacao_de_execucao_dos_recursos_provenientes_do_funpaes_a_que_se_refere_a_lei_estadual_no_11.790_de_28_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Acompanhamento e Fiscalização de Execução dos recursos provenientes do FUNPAES, a que se refere a Lei Estadual nº 11.790, de 28 de março de 2023</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1793/pl_030_-_altera_a_lei_no_1.421_de_03_de_maio_de_2018_que_dispoe_sobre_distribuicao_de_medicamentos_no_ambito_do_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1793/pl_030_-_altera_a_lei_no_1.421_de_03_de_maio_de_2018_que_dispoe_sobre_distribuicao_de_medicamentos_no_ambito_do_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.421 DE 03 DE MAIO DE 2018 QUE DISPÕE SOBRE DISTRIBUIÇÃO DE MEDICAMENTOS NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1795/pl_031_-_reserva_porcentagem_de_vagas_aos_negros_e_aos_indigenas_nos_concursos_publicos_e_processos_seletivos_simplificados_no_ambito_da_administracao_publica_direta_e_indireta_no_municipio_de_jaguare_-_es.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1795/pl_031_-_reserva_porcentagem_de_vagas_aos_negros_e_aos_indigenas_nos_concursos_publicos_e_processos_seletivos_simplificados_no_ambito_da_administracao_publica_direta_e_indireta_no_municipio_de_jaguare_-_es.pdf</t>
   </si>
   <si>
     <t>Reserva porcentagem de vagas aosnegros e aos indígenas nos concursospúblicos e processos seletivossimplificados no âmbito da Administração Pública Direta e Indireta no Município de Jaguaré - ES</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos níveis I, II, III, IV e V, da Tabela de Vencimentos do Magistério Público municipal, prevista no Anexo III, da Lei Complementar Municipal nº 673, de 31 de outubro de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1797/pl_033_-_altera_a_lei_no_918_de_16_de_marco_de_2011_que_dispoe_sobre_a_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1797/pl_033_-_altera_a_lei_no_918_de_16_de_marco_de_2011_que_dispoe_sobre_a_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf</t>
   </si>
   <si>
     <t>Altera A Lei nº 918, de 16 de março de 2011, que dispõe sobre a criação dos cargos de Diretor Escolar, Coordenador De Turno e Coordenador De Projetos Educacionais e dá outras providências.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_034_-_dispoe_sobre_a_regularizacao_fundiaria_no_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_034_-_dispoe_sobre_a_regularizacao_fundiaria_no_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1799/pl_035_-_altera_a_lei_no_680_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_codigo_tributario_do_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1799/pl_035_-_altera_a_lei_no_680_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_codigo_tributario_do_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 680, DE 15 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1800/pl_036_-_institui_o_domicilio_tributario_eletronico_fiscal_de_que_trata_o_art._2o-a_da_lei_municiapl_no_680_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1800/pl_036_-_institui_o_domicilio_tributario_eletronico_fiscal_de_que_trata_o_art._2o-a_da_lei_municiapl_no_680_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DOMICÍLIO TRIBUTÁRIO ELETRÔNICO FISCAL DE QUE TRATA O ART. 2º-A DA LEI MUNICIAPL Nº 680, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1802/pl_037_-_denomina_angelina_pansini_caliman_a_unidade_de_saude_da_counidade_de_sao_roque.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1802/pl_037_-_denomina_angelina_pansini_caliman_a_unidade_de_saude_da_counidade_de_sao_roque.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ANGELINA PANSINI CALIMAN” A UNIDADE BÁSICA DE SAÚDE DA COMUNIDADE DE SÃO ROQUE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_lei_executivo_38.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_lei_executivo_38.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1808/projeto_executivo_39.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1808/projeto_executivo_39.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL DESTINADO A CONSTRUÇÃO DA UNIDADE DE SAÚDE DO BAIRRO NOVO TEMPO E ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1809/pl_040_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fcca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1809/pl_040_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fcca.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a firmar termo de fomento com a Federação Capixaba de Corrida de Aventura – FCCA</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1810/pl_041_-_cria_cargo_publico_de_auxiliar_de_servicos_gerais_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1810/pl_041_-_cria_cargo_publico_de_auxiliar_de_servicos_gerais_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO PÚBLICO DE AUXILIAR DE SERVIÇOS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1811/pl_042_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_associacao_amigos_do_cavalo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1811/pl_042_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_associacao_amigos_do_cavalo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a firmar termo de fomento com a Associação Amigos do Cavalo da Região Norte e Noroeste do Estado do Espírito Santo –A.A.C.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1816/pl_043_-_autoriza_o_poder_executivo_municipal_a_conceder_repasse_aos_servidores_municipais_efetivos_e_contratados_-_piso_salarial_de_enfermeiros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1816/pl_043_-_autoriza_o_poder_executivo_municipal_a_conceder_repasse_aos_servidores_municipais_efetivos_e_contratados_-_piso_salarial_de_enfermeiros.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REPASSE AOS SERVIDORES MUNICIPAIS EFETIVOS E CONTRATADOS REFERENTE À ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DA UNIÃO DESTINADA AOCUMPRIMENTO DO PISO SALARIALNACIONAL DE ENFERMEIROS, TÉCNICOS E_x000D_
 AUXILIARES DE ENFERMAGEM, PREVISTA NA LEI FEDERAL Nº 14.581, DE 11 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1817/pl_044_-_autoriza_o_executivo_municipal_a_desapropriar_imoveis_destinados_a_construcao_de_unidades_habitacionais_e_abrir_credito_especial_no_orcamento.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1817/pl_044_-_autoriza_o_executivo_municipal_a_desapropriar_imoveis_destinados_a_construcao_de_unidades_habitacionais_e_abrir_credito_especial_no_orcamento.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEIS DESTINADOS ACONSTRUÇÃO DE UNIDADESHABITACIONAIS E ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1818/pl_045_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1818/pl_045_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_jaguare_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Parcerias Público-Privadas e Concessões no âmbito do Município de Jaguaré, e dá outras providências.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_046-2023_loa_2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_046-2023_loa_2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITAS E FIXA DESPESAS DO MUNICÍPIO DE JAGUARÉ-ES PARA O EXERCÍCIO FINANCEIRO DE 2024 - LOA 2024</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1824/pl_047_-_dispoe_sobre_a_regularizacao_de_edificacoes_executadas_em_desacordo_com_a_legislacao_vigente_no_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1824/pl_047_-_dispoe_sobre_a_regularizacao_de_edificacoes_executadas_em_desacordo_com_a_legislacao_vigente_no_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE EDIFICAÇÕES EXECUTADAS EM DESACORDO COM A LEGISLAÇÃO VIGENTE NO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1833/pl_048_-_dispoe_sobre_a_criacao_do_programa_produtor_nota_10_que_visa_promover_acoes_de_educacao_fiscal_e_sorteio_de_premios_para_os_produtores_rurais_e_da_outras_providencias_2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1833/pl_048_-_dispoe_sobre_a_criacao_do_programa_produtor_nota_10_que_visa_promover_acoes_de_educacao_fiscal_e_sorteio_de_premios_para_os_produtores_rurais_e_da_outras_providencias_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “PRODUTOR NOTA 10”, QUE VISA PROMOVER AÇÕES DE EDUCAÇÃO FISCAL E SORTEIO DE PRÊMIOS PARA_x000D_
 OS PRODUTORES RURAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1842/pl_049_-_doacao_imovel_premium.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1842/pl_049_-_doacao_imovel_premium.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À PREMIUM BRASIL LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1839/pl_050_-_altera_a_lei_n_406_de_17_de_dezembro_de_1997.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1839/pl_050_-_altera_a_lei_n_406_de_17_de_dezembro_de_1997.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 406, DE 17 DE DEZEMBRO DE 1997 QUE DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PELO MUNICÍPIO DE_x000D_
 JAGUARÉ – ES PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1840/pl_051_-_altera_a_lei_n_1.273_de_02_de_outubro_de_2015_que_dispoe_sobre_a_criacao_a_organizacao_e_a_estruturacao_da_procuradoria_geral_do_municipio_de_jaguare_-_pgmj_e_da_outras_providencias_2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1840/pl_051_-_altera_a_lei_n_1.273_de_02_de_outubro_de_2015_que_dispoe_sobre_a_criacao_a_organizacao_e_a_estruturacao_da_procuradoria_geral_do_municipio_de_jaguare_-_pgmj_e_da_outras_providencias_2.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.273, DE 02 DE OUTUBRO DE 2015 QUE DISPÕE SOBRE A CRIAÇÃO, A ORGANIZAÇÃO E A ESTRUTURAÇÃO DA PROCURADORIA GERAL DO MUNICÍPIO DE JAGUARÉ - PGMJ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1848/pl_052_-__altera_valores_da_lei.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1848/pl_052_-__altera_valores_da_lei.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ATUALIZAÇÃO DOS PERCENTUAIS REFERENTES À CONTRAPARTIDA FINANCEIRA PREVISTOS NA LEI Nº 1709/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1849/pl_053_-_alteracao_ldo_-_resultado_primario_-_v2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1849/pl_053_-_alteracao_ldo_-_resultado_primario_-_v2.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI MUNICIPAL NO 1.617/2022, QUE DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2023 DO MUNICÍPIO DE JAGUARÉ ES.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1857/pl__054_-__pagamento_de_valor_adicional_aos_servidores_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1857/pl__054_-__pagamento_de_valor_adicional_aos_servidores_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE VALOR ADICIONAL AOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA E AUTÁRQUICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1858/pl_055_-_condominio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1858/pl_055_-_condominio.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A INSTITUIÇÃO DE CONDOMÍNIOS DE LOTES NO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1859/pl_056_-_fibriomialgia.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1859/pl_056_-_fibriomialgia.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM FIBROMIALGIA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1860/pl_057_-_suplementacao_orcamentaria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1860/pl_057_-_suplementacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1.652 de 21 de dezembro de 2022</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1868/pl_058_-_dispoe_sobre_o_codigo_de_posturas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1868/pl_058_-_dispoe_sobre_o_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE POSTURAS DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1869/pl_059_-_institui_o_plano_diretor_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1869/pl_059_-_institui_o_plano_diretor_de_jaguare.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Diretor de Jaguaré e dá outras providências.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1870/pl_060_-_institui_o_codigo_de_obras.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1870/pl_060_-_institui_o_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Edificações e Obras de Jaguaré e dá outras providências.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1871/pl_061_-_altera_a_redacao_do_art._xx_do_codigo_municipal_de_meio_ambiente.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1871/pl_061_-_altera_a_redacao_do_art._xx_do_codigo_municipal_de_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 13 da Lei nº 1.152 de 03 de junho de 2014</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1733/requerimento_2_-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1733/requerimento_2_-_jair.pdf</t>
   </si>
   <si>
     <t>I- Informações de como é feito o controle dos serviços prestados pelas máquinas rurais locadas/contratadas pelo município;_x000D_
 II - Se existe mapa/escala da rotina dos serviços e/ou atendimentos, e quem é o responsável pelo controle e/ou informações.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_3_-_jr_retirada.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_3_-_jr_retirada.pdf</t>
   </si>
   <si>
     <t>Retirada de Pauta</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1746/requerimento_04-2023-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1746/requerimento_04-2023-_jair.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Diretor do Departamento Estadual de Trânsito do Espírito Santo - DETRAN-ES, bem como ao coordenador de Ciretrans e Pavs, para que seja realizada a adequação da infraestrutura do posto do Detran de Jaguaré-ES, objetivando a realização de BIOMETRIA no município.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1761/requerimento_05-_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1761/requerimento_05-_jean.pdf</t>
   </si>
   <si>
     <t>Vem, respeitosamente, REQUERER ao Chefe do executivo Municipal e Secretário de Finanças, informações a respeito do OF. GPCMJ nº 0133/2022 enviado em 07/12/2022, conforme anexo, que solicitou informações da aplicação da lei municipal nº 1.627/2022, que instituiu a revisão geral da remuneração dos servidores públicos e subsídios dos agentes políticos do município de Jaguaré-ES</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1762/requerimento_06-tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1762/requerimento_06-tininha.pdf</t>
   </si>
   <si>
     <t>Se o município suspendeu a contagem do tempo para aquisição de adicionais por tempo de serviço durante o período de 28/05/2020 até 31/12/2021, conforme a LEI COMPLEMENTAR FEDERAL Nº 173, DE 27 DE MAIO DE 2020 – “LEI DO CONGELAMENTO”</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_07-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_07-_ricardo.pdf</t>
   </si>
   <si>
     <t>Requerer ao Deputado Federal “Da Vitória”, para viabilizar junto ao Governo Federal e/ou emenda Parlamentar, Recursos financeiros, na forma legal, para Construção da praça de lazer do bairro Seac, município de Jaguaré-ES; Reforma da quadra de esportes do bairro Seac, município de Jaguaré-ES e Construção de playground no bairro Seac.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1807/requerimento_08-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1807/requerimento_08-_ricardo.pdf</t>
   </si>
   <si>
     <t>Requerer ao Deputado Federal “Da Vitória”, para viabilizar junto ao Governo Federal e/ou emenda Parlamentar, Recursos financeiros, na forma legal, para Reforma da quadra de esportes da comunidade do Jirau, município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_09-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_09-_ricardo.pdf</t>
   </si>
   <si>
     <t>Vem, respeitosamente, REQUERER ao Deputado Federal “Da Vitória”, para viabilizar junto ao Governo Federal e/ou emenda Parlamentar, Recursos financeiros, na forma legal, para: - Empilhadeira em favor da Associação dos Produtores Nossa Senhora Aparecida – APRONA, da Comunidade do Jirau, zona rural de Jaguaré-ES. - Equipamentos hospitalares para a UMI -Unidade Mista de Internação do município de Jaguaré-ES:</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>VOTP</t>
   </si>
   <si>
     <t>Votos de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1814/voto_de_pesar_-_maria_helena.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1814/voto_de_pesar_-_maria_helena.pdf</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR pelo falecimento da senhora MARIA HELANA BINS SALAROLLI.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1832/voto_de_pesar_-_dalvina.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1832/voto_de_pesar_-_dalvina.pdf</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA DALVINA MOREIRA GASPAR COIMBRA</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1852/voto_de_pesar_rosa_olinda_ribonde_cocco.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1852/voto_de_pesar_rosa_olinda_ribonde_cocco.pdf</t>
   </si>
   <si>
     <t>Voto de profundo pesar pelo falecimento da Sra. Rosa Olinda Ribonde Cocco, ocorrido no dia 14 de novembro de 2023.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1853/voto_pesar_edio_anizio_cocco.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1853/voto_pesar_edio_anizio_cocco.pdf</t>
   </si>
   <si>
     <t>Voto de profundo pesar pelo falecimento do Sr. Édio Anizio Cocco</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1867/voto_de_pesar_julia_curitiba_da_silva.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1867/voto_de_pesar_julia_curitiba_da_silva.pdf</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR pelo falecimento da Sra. JÚLIA CURITIBA DA SILVA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2401,51 +2401,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1764/anteprojeto_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1765/anteprojeto_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1721/ante_projeto_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1727/anteprojeto_-_jean_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1760/anteprojeto_005_-_jair_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1829/01_anteprojeto_--_jr.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1830/anteprojeto__banda_-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1846/01_anteprojeto_elizeu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1845/emenda_modificativa_02projeto_de_lei015-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1748/emenda_modificativa_01-proj.018-2023.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1844/emenda_-_projeto_de_lei_048-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1785/jair_-_indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_35-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_36-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_37-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_53-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_56.doc.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_65-2023-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_66-2023-_rtininha_e_jean_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_67-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_jean_calcamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_jair_sandrini_convenio_estado_asfalto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_jair_sandrini_samu.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1866/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao_de_aplauso_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_bammuja_-_junior_alves.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1851/mocao_radio_ativa_fm.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1788/projeto_de_decreto_no._01.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_emenda_lom_2023_13_sal_ferias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1692/projeto_de_lei_-_ti.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1693/projeto_de_lei_02-2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_003-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_legislativo_4.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_008_-2023_-_legislativo_jair_dia_do_terco.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_009-2023_-_legislativo_jair_auxilio_funeral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_12-2023.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_13-2023_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1821/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1834/projeto_15_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_tininha_c.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1841/projeto_diversidade_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_legislativo_19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1855/projeto_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1856/projeto_subsidio_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_001_-_cria_o_programa_municipal_balcao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1684/pl_002_-_institui_a_feira_livre_municipal.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1685/pl_003_-_altera_a_lei_561-2003_estrutura_administrativa_projeto_bem_viver.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1686/pl_004_-_cria_cargos_para_a_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1687/pl_005_-_cria_cargos_cultura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1688/pl_006_-_cria_incentivos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1689/pl_007_-altera_o_anexo_ii_da_lei_no_680_de_15_de_dezembro_de_2006_para_a_atualizacao_da_planta_generica_de_valores_do_municipio_de_jaguarees.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_008_-_reverte_imovel_doado_excim.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_009_-_altera_a_lei_no_55_de_24_de_julho_de_1986_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_0010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a_associacao_de_voluntarios_amigos_do_pelo_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1712/pl-13-2023_juntado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_014-_dispoe_sobre_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1713/pl_015_-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1726/pl-16.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1738/pl_017_-_altera_os_anexos_i_e_iii_da_lei_no_1.519_de_19_de_dezembro_de_2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1739/pl_018_-_inclui_dispositivos_no_art._57_da_lei_no_683_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_regime_juridico_unico_dos_servidores_do_municipio_de_jaguare__es.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1740/pl_019_-_autoriza_o_chefe_do_executivo_a_abrir_credito_adicional_especial_no_orcamento_da_secretaria_municipal_de_obras_e_servicos_urbanos1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1741/pl_020_-_dispoe_sobre_a_doacao_de_bens_imoveis_ao_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_n_21-2023_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1767/pl_022_-_concede_reajuste_de_vencimentos_as_classes_assistente_social_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1768/pl_023_-_cria_gerencia_especializada_de_fisioterapia_e_a_gerencia_especializada_de_transporte_na_estrutura_da_secretaria_municipal_de_saude-alterado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1770/pl_024_-_cria_cargo_publico_altera_a_lei_no_682_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1769/pl_025_-_cria_e_extingue_cargo_e_altera_a_lei_complementar_no_1.273_de_02_de_outubro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1766/pl_026_-_cria_cargo_e_altera_a_lei_complementar_no_969_de_27_de_dezembro_de_2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1780/pl_027_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1791/pl_028_-_institui_a_lei_geral_municipal_da__microempresa_empresa_de_pequeno_porte_e_microempreendedor_individual_no_municipio_de_jaguare_e_das_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_029_-_cria_o_conselho_municipal_de_acompanhamento_e_fiscalizacao_de_execucao_dos_recursos_provenientes_do_funpaes_a_que_se_refere_a_lei_estadual_no_11.790_de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1793/pl_030_-_altera_a_lei_no_1.421_de_03_de_maio_de_2018_que_dispoe_sobre_distribuicao_de_medicamentos_no_ambito_do_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1795/pl_031_-_reserva_porcentagem_de_vagas_aos_negros_e_aos_indigenas_nos_concursos_publicos_e_processos_seletivos_simplificados_no_ambito_da_administracao_publica_direta_e_indireta_no_municipio_de_jaguare_-_es.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1797/pl_033_-_altera_a_lei_no_918_de_16_de_marco_de_2011_que_dispoe_sobre_a_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_034_-_dispoe_sobre_a_regularizacao_fundiaria_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1799/pl_035_-_altera_a_lei_no_680_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_codigo_tributario_do_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1800/pl_036_-_institui_o_domicilio_tributario_eletronico_fiscal_de_que_trata_o_art._2o-a_da_lei_municiapl_no_680_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1802/pl_037_-_denomina_angelina_pansini_caliman_a_unidade_de_saude_da_counidade_de_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_lei_executivo_38.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1808/projeto_executivo_39.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1809/pl_040_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fcca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1810/pl_041_-_cria_cargo_publico_de_auxiliar_de_servicos_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1811/pl_042_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_associacao_amigos_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1816/pl_043_-_autoriza_o_poder_executivo_municipal_a_conceder_repasse_aos_servidores_municipais_efetivos_e_contratados_-_piso_salarial_de_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1817/pl_044_-_autoriza_o_executivo_municipal_a_desapropriar_imoveis_destinados_a_construcao_de_unidades_habitacionais_e_abrir_credito_especial_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1818/pl_045_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_046-2023_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1824/pl_047_-_dispoe_sobre_a_regularizacao_de_edificacoes_executadas_em_desacordo_com_a_legislacao_vigente_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1833/pl_048_-_dispoe_sobre_a_criacao_do_programa_produtor_nota_10_que_visa_promover_acoes_de_educacao_fiscal_e_sorteio_de_premios_para_os_produtores_rurais_e_da_outras_providencias_2.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1842/pl_049_-_doacao_imovel_premium.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1839/pl_050_-_altera_a_lei_n_406_de_17_de_dezembro_de_1997.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1840/pl_051_-_altera_a_lei_n_1.273_de_02_de_outubro_de_2015_que_dispoe_sobre_a_criacao_a_organizacao_e_a_estruturacao_da_procuradoria_geral_do_municipio_de_jaguare_-_pgmj_e_da_outras_providencias_2.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1848/pl_052_-__altera_valores_da_lei.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1849/pl_053_-_alteracao_ldo_-_resultado_primario_-_v2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1857/pl__054_-__pagamento_de_valor_adicional_aos_servidores_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1858/pl_055_-_condominio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1859/pl_056_-_fibriomialgia.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1860/pl_057_-_suplementacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1868/pl_058_-_dispoe_sobre_o_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1869/pl_059_-_institui_o_plano_diretor_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1870/pl_060_-_institui_o_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1871/pl_061_-_altera_a_redacao_do_art._xx_do_codigo_municipal_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1733/requerimento_2_-_jair.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_3_-_jr_retirada.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1746/requerimento_04-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1761/requerimento_05-_jean.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1762/requerimento_06-tininha.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_07-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1807/requerimento_08-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_09-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1814/voto_de_pesar_-_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1832/voto_de_pesar_-_dalvina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1852/voto_de_pesar_rosa_olinda_ribonde_cocco.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1853/voto_pesar_edio_anizio_cocco.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1867/voto_de_pesar_julia_curitiba_da_silva.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1764/anteprojeto_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1765/anteprojeto_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1721/ante_projeto_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1727/anteprojeto_-_jean_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1760/anteprojeto_005_-_jair_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1829/01_anteprojeto_--_jr.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1830/anteprojeto__banda_-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1846/01_anteprojeto_elizeu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1845/emenda_modificativa_02projeto_de_lei015-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1748/emenda_modificativa_01-proj.018-2023.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1844/emenda_-_projeto_de_lei_048-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1785/jair_-_indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_35-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_36-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_37-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_53-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_56.doc.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_65-2023-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_66-2023-_rtininha_e_jean_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_67-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_jean_calcamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1850/indicacao_jair_sandrini_convenio_estado_asfalto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_jair_sandrini_samu.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1865/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1866/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1820/mocao_de_aplauso_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1822/mocao_bammuja_-_junior_alves.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1851/mocao_radio_ativa_fm.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1788/projeto_de_decreto_no._01.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_emenda_lom_2023_13_sal_ferias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1692/projeto_de_lei_-_ti.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1693/projeto_de_lei_02-2023.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_003-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_legislativo_4.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_008_-2023_-_legislativo_jair_dia_do_terco.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_009-2023_-_legislativo_jair_auxilio_funeral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_12-2023.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1801/projeto_13-2023_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1821/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1834/projeto_15_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_tininha_c.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1841/projeto_diversidade_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1843/projeto_legislativo_19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1855/projeto_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1856/projeto_subsidio_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_001_-_cria_o_programa_municipal_balcao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1684/pl_002_-_institui_a_feira_livre_municipal.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1685/pl_003_-_altera_a_lei_561-2003_estrutura_administrativa_projeto_bem_viver.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1686/pl_004_-_cria_cargos_para_a_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1687/pl_005_-_cria_cargos_cultura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1688/pl_006_-_cria_incentivos_fiscais.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1689/pl_007_-altera_o_anexo_ii_da_lei_no_680_de_15_de_dezembro_de_2006_para_a_atualizacao_da_planta_generica_de_valores_do_municipio_de_jaguarees.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_008_-_reverte_imovel_doado_excim.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_009_-_altera_a_lei_no_55_de_24_de_julho_de_1986_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_0010_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a_associacao_de_voluntarios_amigos_do_pelo_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1712/pl-13-2023_juntado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_014-_dispoe_sobre_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1713/pl_015_-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1726/pl-16.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1738/pl_017_-_altera_os_anexos_i_e_iii_da_lei_no_1.519_de_19_de_dezembro_de_2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1739/pl_018_-_inclui_dispositivos_no_art._57_da_lei_no_683_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_regime_juridico_unico_dos_servidores_do_municipio_de_jaguare__es.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1740/pl_019_-_autoriza_o_chefe_do_executivo_a_abrir_credito_adicional_especial_no_orcamento_da_secretaria_municipal_de_obras_e_servicos_urbanos1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1741/pl_020_-_dispoe_sobre_a_doacao_de_bens_imoveis_ao_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_n_21-2023_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1767/pl_022_-_concede_reajuste_de_vencimentos_as_classes_assistente_social_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1768/pl_023_-_cria_gerencia_especializada_de_fisioterapia_e_a_gerencia_especializada_de_transporte_na_estrutura_da_secretaria_municipal_de_saude-alterado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1770/pl_024_-_cria_cargo_publico_altera_a_lei_no_682_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1769/pl_025_-_cria_e_extingue_cargo_e_altera_a_lei_complementar_no_1.273_de_02_de_outubro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1766/pl_026_-_cria_cargo_e_altera_a_lei_complementar_no_969_de_27_de_dezembro_de_2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1780/pl_027_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_a_caixa_economica_federal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1791/pl_028_-_institui_a_lei_geral_municipal_da__microempresa_empresa_de_pequeno_porte_e_microempreendedor_individual_no_municipio_de_jaguare_e_das_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1792/pl_029_-_cria_o_conselho_municipal_de_acompanhamento_e_fiscalizacao_de_execucao_dos_recursos_provenientes_do_funpaes_a_que_se_refere_a_lei_estadual_no_11.790_de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1793/pl_030_-_altera_a_lei_no_1.421_de_03_de_maio_de_2018_que_dispoe_sobre_distribuicao_de_medicamentos_no_ambito_do_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1795/pl_031_-_reserva_porcentagem_de_vagas_aos_negros_e_aos_indigenas_nos_concursos_publicos_e_processos_seletivos_simplificados_no_ambito_da_administracao_publica_direta_e_indireta_no_municipio_de_jaguare_-_es.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1797/pl_033_-_altera_a_lei_no_918_de_16_de_marco_de_2011_que_dispoe_sobre_a_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1798/pl_034_-_dispoe_sobre_a_regularizacao_fundiaria_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1799/pl_035_-_altera_a_lei_no_680_de_15_de_dezembro_de_2006_que_dispoe_sobre_o_codigo_tributario_do_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1800/pl_036_-_institui_o_domicilio_tributario_eletronico_fiscal_de_que_trata_o_art._2o-a_da_lei_municiapl_no_680_de_15_de_dezembro_de_2006_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1802/pl_037_-_denomina_angelina_pansini_caliman_a_unidade_de_saude_da_counidade_de_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_lei_executivo_38.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1808/projeto_executivo_39.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1809/pl_040_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fcca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1810/pl_041_-_cria_cargo_publico_de_auxiliar_de_servicos_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1811/pl_042_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_associacao_amigos_do_cavalo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1816/pl_043_-_autoriza_o_poder_executivo_municipal_a_conceder_repasse_aos_servidores_municipais_efetivos_e_contratados_-_piso_salarial_de_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1817/pl_044_-_autoriza_o_executivo_municipal_a_desapropriar_imoveis_destinados_a_construcao_de_unidades_habitacionais_e_abrir_credito_especial_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1818/pl_045_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1823/projeto_de_lei_046-2023_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1824/pl_047_-_dispoe_sobre_a_regularizacao_de_edificacoes_executadas_em_desacordo_com_a_legislacao_vigente_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1833/pl_048_-_dispoe_sobre_a_criacao_do_programa_produtor_nota_10_que_visa_promover_acoes_de_educacao_fiscal_e_sorteio_de_premios_para_os_produtores_rurais_e_da_outras_providencias_2.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1842/pl_049_-_doacao_imovel_premium.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1839/pl_050_-_altera_a_lei_n_406_de_17_de_dezembro_de_1997.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1840/pl_051_-_altera_a_lei_n_1.273_de_02_de_outubro_de_2015_que_dispoe_sobre_a_criacao_a_organizacao_e_a_estruturacao_da_procuradoria_geral_do_municipio_de_jaguare_-_pgmj_e_da_outras_providencias_2.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1848/pl_052_-__altera_valores_da_lei.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1849/pl_053_-_alteracao_ldo_-_resultado_primario_-_v2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1857/pl__054_-__pagamento_de_valor_adicional_aos_servidores_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1858/pl_055_-_condominio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1859/pl_056_-_fibriomialgia.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1860/pl_057_-_suplementacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1868/pl_058_-_dispoe_sobre_o_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1869/pl_059_-_institui_o_plano_diretor_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1870/pl_060_-_institui_o_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1871/pl_061_-_altera_a_redacao_do_art._xx_do_codigo_municipal_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1733/requerimento_2_-_jair.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1735/requerimento_3_-_jr_retirada.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1746/requerimento_04-2023-_jair.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1761/requerimento_05-_jean.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1762/requerimento_06-tininha.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_07-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1807/requerimento_08-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_09-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1814/voto_de_pesar_-_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1832/voto_de_pesar_-_dalvina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1852/voto_de_pesar_rosa_olinda_ribonde_cocco.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1853/voto_pesar_edio_anizio_cocco.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2023/1867/voto_de_pesar_julia_curitiba_da_silva.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>