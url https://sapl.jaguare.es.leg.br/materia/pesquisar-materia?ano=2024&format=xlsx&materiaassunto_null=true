--- v0 (2026-02-06)
+++ v1 (2026-03-28)
@@ -54,2559 +54,2559 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>FABIO SILVERIO UCELI, MARCELO COSTA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1941/01_anteprojeto_marcelo_e_fabio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1941/01_anteprojeto_marcelo_e_fabio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA VALE FEIRA NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DAS OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FABIO SILVERIO UCELI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1956/anteprojeto_-_fabio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1956/anteprojeto_-_fabio.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE DISTRIBUIÇÃO DE CALCÁRIO AOS PEQUENOS PRODUTORES RURAIS</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JOSE CARLOS ALVES JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1985/anteprojeto_03-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1985/anteprojeto_03-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E FUNCIONAMENTO DE UM CENTRO MUNICIPAL DE TERAPIA PARA AUTISTAS NO MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1986/anteprojeto_04-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1986/anteprojeto_04-2024.pdf</t>
   </si>
   <si>
     <t>“CRIA O PROGRAMA MUNICIPAL DE FOMENTO À AGRICULTURA FAMILIAR DO MUNICÍPIO DE JAGUARÉ-ES”</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2028/reorganizacao_do_transito.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2028/reorganizacao_do_transito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização do trânsito no município de Jaguaré-ES e dá outras providências.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2042/anteprojeto_06-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2042/anteprojeto_06-2024.pdf</t>
   </si>
   <si>
     <t>CRIA A ASSISTÊNCIA JURÍDICA MUNICIPAL NO AMBITO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2049/anteprojeto_07-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2049/anteprojeto_07-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO EXECUTIVO MUNICIPAL, DE FORNECER UNIFORMES E KITS ESCOLARES AOS ESTUDANTES DA REDE MUNICIPAL DE ENSINO, E FAZER CONSTAR NOS MATERIAIS DIDÁTICOS O HINO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1957/emenda_projeto_58-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1957/emenda_projeto_58-2023.pdf</t>
   </si>
   <si>
     <t>Fica acrescido o 4° ao artigo 56 do projeto de lei 058/2023:_x000D_
 _x000D_
 4° É também expressamente proibido sons com músicas com teor sexual, violento e inapropriado para crianças nos trenzinhos da alegria e equivalente, bem como em eventos infantis.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2025/emenda_aditiva_01-2024-proj._60-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2025/emenda_aditiva_01-2024-proj._60-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2024. Ao Projeto de Lei nº 060/20204</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1950/emenda_modificativa_01-2024-proj._10-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1950/emenda_modificativa_01-2024-proj._10-2024.pdf</t>
   </si>
   <si>
     <t>Art. 2º- O bem imóvel referido no artigo anterior é constituído de uma área de terra, situado no lugar denominado Córrego do Palmito, neste Município, com área total de 91.500,00 m² (noventa e um mil e quinhentos metros quadrados), confrontando-se com: ao norte, sul e leste com Eduardo Antônio Damiani, Djalma Natal Damiani e Josemar Damiani, e a oeste com a faixa de domínio da Rodovia BR 101, devidamente registrada no Cartório de Registro de Imóveis da Comarca de Jaguaré, sob a matrícula n° 7.827</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2033/emenda_a_lei_organica_01-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2033/emenda_a_lei_organica_01-2024.pdf</t>
   </si>
   <si>
     <t>Parágrafo único. O projeto de lei orçamentária do município para o exercício de 2025 conterá programas a serem contemplados no plano plurianual para o período 2022/2025, bem como das emendas impositivas que contemple até 2% do orçamento municipal, compondo as metas fiscais_x000D_
 do Anexo I.</t>
   </si>
   <si>
     <t>EMENS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2024/emenda_supressiva_01-2024-proj._60-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2024/emenda_supressiva_01-2024-proj._60-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 001/2024. Ao Projeto de Lei nº 060/20204</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_01-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>Extensão da iluminação pública com manutenção das instalações, na Rodovia Dom José Dalvit, no trecho entre o Cachimbal até a Comunidade São Roque.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_02-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_02-2024.pdf</t>
   </si>
   <si>
     <t>Apoio Operacional ao Governo do Estado para a realização do “Dia D” em nosso município, para disponibilização e regularização de documentos pessoais dos munícipes.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>JAIR SANDRINI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_03-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_03-2024.pdf</t>
   </si>
   <si>
     <t>Calçamento na Rua José Bubachi, localizada na Comunidade de Fátima.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_04-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_04-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de sistema de climatização da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_05-2024.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_05-2024.doc.pdf</t>
   </si>
   <si>
     <t>Buscar junto ao Governo do estado a pavimentação das Ruas da Comunidade Santo Expedito, através do programa “Calçamento Rural”.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_06-2024.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_06-2024.doc.pdf</t>
   </si>
   <si>
     <t>Construção de Quadra de esportes na Comunidade São Brás.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1880/indicacao_07-2024.doc.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1880/indicacao_07-2024.doc.pdf</t>
   </si>
   <si>
     <t>Revestimento com Revsol no Morro do Rio Preto (acesso a comunidade São Brás e outras comunidades próximas), bem como na estrada que dá acesso a escola São Sebastião, na Comunidade do Jirau.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1881/indicacao_08-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1881/indicacao_08-2024.pdf</t>
   </si>
   <si>
     <t>Construção de Rede de Esgoto e Calçamento das Ruas IsmaelFernandes até a nova Unidade Básica de Saúde (em construção) e rua Vicente Sossai, no Bairro Boa Vista II.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_09-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_09-2024.pdf</t>
   </si>
   <si>
     <t>Construção de uma sede para o Centro de Fisioterapia Municipal</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_10-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_10-2024.pdf</t>
   </si>
   <si>
     <t>Construção de uma nova quadra poliesportiva na Escola Marciano Altoé.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_11-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_11-2024.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para a aquisição de Kits de Primeiros Socorros para todas as Escolas da rede Pública Municipal.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_12-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_12-2024.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAR revitalização com revisol:_x000D_
 • No trecho que liga a escola EMEIEF São Sebastião no Jirau_x000D_
 até o moro próximo da propriedade do Sr. Edivaldo Vieira._x000D_
 • No moro da Comunidade do Cachimbal, próximo a_x000D_
 propriedade do Sr. Geraldo Merlo._x000D_
 • A construção de um acesso a Igreja São José da_x000D_
 Comunidade Jirau.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_13-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_13-2024.pdf</t>
   </si>
   <si>
     <t>Construção de quebra-molas nas seguintes localidades na Comunidade de Vargem Grande, nesse município:_x000D_
 • Em frente à Igreja Católica de São Francisco de Assis;_x000D_
 • Em frente a Unidade de Saúde – UBS Vargem Grande;_x000D_
 • Em frente à escola EMEIEF Vargem Grande.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1892/indicacao_14-2024_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1892/indicacao_14-2024_penha.pdf</t>
   </si>
   <si>
     <t>Melhoramento com revisol na estrada que liga a Comunidade do Barroquinha até Valiate, passando por São João Bosco e São Judas Tadeu, neste município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1893/indicacao_15-2024_tiao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1893/indicacao_15-2024_tiao.pdf</t>
   </si>
   <si>
     <t>Pavimentação com revisol ou asfalto através do programa Caminhos do Campo, na estrada de acesso da Comunidade do Barroquinha até a divisa com o Município de São Mateus, próximo ao galpão do Sr. Evilásio Altoé neste município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1894/indicacao_016-2024_-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1894/indicacao_016-2024_-_jair.pdf</t>
   </si>
   <si>
     <t>Construção de uma nova Unidade Mista de Internação - UMI no município.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1895/indicacao_-_junior_alves_29-02-24.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1895/indicacao_-_junior_alves_29-02-24.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para sanar os problemas de trafegabilidade na Rua Sebastião Ribondi.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1896/indicacao_18.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1896/indicacao_18.pdf</t>
   </si>
   <si>
     <t>-Pavimentação com revisol nos dois lados do morro no Córrego 18, próximo a propriedade da família Bressanini e Evilásio Altoé, Comunidade do São João Bosco, neste município._x000D_
 -II – Pavimentação com revisol nos dois lados do morro, no_x000D_
 Córrego 16, próximo as propriedades das famílias de_x000D_
 Vilson Herzog, Terezinha Cândido e Joselmo Bruneti, neste_x000D_
 município_x000D_
 III – Pavimentação com revisol nos dois lados do morro no_x000D_
 Rio Preto, sentido Comunidade de São Braz, neste_x000D_
 município</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_19.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_19.pdf</t>
   </si>
   <si>
     <t>– Reparo na ponte no Córrego 18, Comunidade de São João Bosco, neste município.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_20.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_20.pdf</t>
   </si>
   <si>
     <t>I – Construção da Praça em frente à Escola EMEIEF Patrimonio Altoé, no Córrego 18, Comunidade de São João Bosco, neste município</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_21.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_21.pdf</t>
   </si>
   <si>
     <t>I – Construção da Praça próximo a Igreja Católica, Comunidade de Vargem Grande, neste município.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_22.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Construção de poço artesiano comunitário na Comunidade de Vargem Grande, neste município.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_023-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_023-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Construção de Barragem no Córrego Cachimbal, na localidade da Comunidade do Jirau.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_024-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_024-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Recuperação da ES-356, no trecho que liga Jaguaré-ES ao KM 41(Nestor Gomes).</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_025-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_025-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Construção de Praça de lazer no Bairro Nova Esperança, ao lado do CEIM Nova Esperança.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_026-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_026-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Instalação de redutor de velocidade na Av. Nove de Agosto, em frente a oficina Neném Auto Center, próximo Cooabriel, neste Município.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_027-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_027-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Construção de um novo reservatório e estação de tratamento de água – ETA no Córrego Cachimbal.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1907/28.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1907/28.pdf</t>
   </si>
   <si>
     <t>Revestimento com Revsol na estrada que liga o centro da comunidade do Jirau até a comunidade no Campo do Cruzeiro.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_029-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_029-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias na praça do Bairro Irmã Tereza, com alambrados, pintura, iluminação e outros.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_030.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_030.pdf</t>
   </si>
   <si>
     <t>Climatização da Escola EMEF Santa Catarina no Bairro SEAC.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_031-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_031-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Parceria junto ao Governo do Estado para construção de uma sede própria do CAPS do município.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_032-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_032-2024-_jair.pdf</t>
   </si>
   <si>
     <t>Implantação, através da SESA, do CEO - Centro de Especialidades odontológicas, no âmbito do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_033-2024-_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_033-2024-_jair.pdf</t>
   </si>
   <si>
     <t>- Implantação de um sistema automatizado e digital para agendamento/solicitação de Carteira de Identidade – RG</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>FABIO SILVERIO UCELI, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_34-2024_-_fabio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_34-2024_-_fabio.pdf</t>
   </si>
   <si>
     <t>Reforma geral da sede do Projeto “Bem Viver”.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_35-2024_-.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_35-2024_-.pdf</t>
   </si>
   <si>
     <t>Construção de estação elevatória de àgua no bairro Novo Tempo .</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_36-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_36-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de um parquinho infantil na rua Tarcísio Altoé, Comunidade de Fátima.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_37-2024_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_37-2024_jean.pdf</t>
   </si>
   <si>
     <t>JEAN FÁBIO COSTALONGA, VEREADOR, no uso de suas atribuições legais e consubstanciado no Art. 62 do Regimento Interno da Câmara Municipal de Jaguaré-ES, vem, respeitosamente, indicar ao Poder Executivo e SAAE, a tomada de procedimentos legais e necessários, para realizar o que segue abaixo, requerendo, desde já, seja a presente submetida ao Douto Plenário para conhecimento e votação:_x000D_
 _x000D_
 _x000D_
 I – PROVIDÊNCIAR sinalização de proibido estacionar em frente à escola CEIM Dom Bosco nesse município._x000D_
 II – PROVIDENCIAR abertura do canteiro da Av. Conilon na frente da Rua Arthur de Almeida de Souza Junior, neste município.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_38-2024_tiao_semafaro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_38-2024_tiao_semafaro.pdf</t>
   </si>
   <si>
     <t>I – Buscar junto ao DETRAN/ES, sinalização de trânsito e instalação de redutor de velocidade por toda extensão da Avenida Nove de Agosto, neste município._x000D_
 _x000D_
 OBS: INDICAÇÃO PREJUDICADA - INDICAÇÃO 51/2024</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_39_anexos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_39_anexos.pdf</t>
   </si>
   <si>
     <t>I – Pavimentação com revisol nos morros de acesso das seguintes Associações desse município:_x000D_
 a)	ASSOCIAÇÃO DOS PRODUTORES RURAIS DE JAGUARÉ E REGIÃO – APROJAR: localizado na Comunidade do Giral._x000D_
 b)	ASSOCIAÇÃO DE PEQUENOS PRODUTORES RURAIS DO CÓRREGO DA ÁGUA LIMPA – APRUCAL: localizado no Córrego da Água Limpa, São João do Estivado._x000D_
 c)	ASSOCIAÇÃO DE PRODUTORES RURAIS DO CÓRREGO DA PRATA CAXIMBAU – APRUCOP: localizado no Córrego da Areia, Cachimbal.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_40-2024_junior_alves_15-03-24.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_40-2024_junior_alves_15-03-24.pdf</t>
   </si>
   <si>
     <t>I – Empreender esforços necessários para que seja construída uma Unidade de Saúde no Bairro Riviera.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_41-2024-_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_41-2024-_penha.pdf</t>
   </si>
   <si>
     <t>I – Alteração para mão única de direção na Rua Treze de Dezembro, entre a Avenida Nove de Agosto até o estádio Conilon.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_42-2024-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_42-2024-_elizeu.pdf</t>
   </si>
   <si>
     <t>I- Buscar melhorias junto a empresa concessionária do serviço de ônibus circular do município.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_43-2024_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_43-2024_-_tininha.pdf</t>
   </si>
   <si>
     <t>I – 	Fornecimento de repelentes de insetos e campanha de conscientização de uso em combate a dengue, nas escolas e creches do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_44-2024_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_44-2024_-_tininha.pdf</t>
   </si>
   <si>
     <t>I – 	Demarcação de solo e instalação de placas para reserva de vagas para embarque e desembarque de transporte escolar, em todas as escolas do município</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_45-2024_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_45-2024_-_tininha.pdf</t>
   </si>
   <si>
     <t>I-	Revestimento com Revsol na estrada que liga a propriedade do Ailton Dorte  até a propriedade do Vanceslau Altoé.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_46_2024_jair_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_46_2024_jair_1.pdf</t>
   </si>
   <si>
     <t>I – Compra de Computadores para uso dos vereadores em sessões</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_047-2024_jair_2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_047-2024_jair_2.pdf</t>
   </si>
   <si>
     <t>I – Construção da Barragem no Córrego Caximbau Próximo a propriedade de José Menegarde.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_48-2024_jair_3.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_48-2024_jair_3.pdf</t>
   </si>
   <si>
     <t>I – Aplicação do Revsol no morro do Caximbau próximo à casa de José Menegarde e dá acesso a propriedade José Malaquini e outras comunidades próximas.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_49-2024_jair_4.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_49-2024_jair_4.pdf</t>
   </si>
   <si>
     <t>I – Contratação de uma nova agente de saúde para o Bairro Boa Vista 2.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_50-2024_jair_5.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_50-2024_jair_5.pdf</t>
   </si>
   <si>
     <t>I – Compra de Repelente através da Secretaria Municipal de Saúde e distribuição para munícipes com prioridade para Gestantes</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>EDSON SEBASTIÃO SOPRANI, JEAN COSTALONGA, VALDEMAR PAIVA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_51-2024_tiao_semafaro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_51-2024_tiao_semafaro.pdf</t>
   </si>
   <si>
     <t>I – Buscar junto ao DETRAN/ES, sinalização de trânsito e instalação de redutor de velocidade por toda extensão da Avenida Nove de Agosto, neste município.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_52-2024_jair_6.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_52-2024_jair_6.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma Rua Entre o Bairro Novo Tempo e o Bairro Seac (Próximo às casinhas) ao lado do local onde está sendo construída uma nova UBS no Novo Tempo.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_53-2024_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_53-2024_-_tininha.pdf</t>
   </si>
   <si>
     <t>I-	Reforma dos banheiros e alambrado do Estádio de Futebol Conilon.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_elizeu_54-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_elizeu_54-2024.pdf</t>
   </si>
   <si>
     <t>I – Realização de casamento comunitário no âmbito do município de Jaguaré-ES;</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_elizeu_55-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_elizeu_55-2024.pdf</t>
   </si>
   <si>
     <t>I – Buscar esforços e/ou parcerias junto ao governo do estado, governo federal e iniciativas privadas para instalação do centro de fisioterapia  para idosos no município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_elizeu_56-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_elizeu_56-2024.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma quadra de esportes na comunidade do ESTIVADO, interior do município.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_57.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_57.pdf</t>
   </si>
   <si>
     <t>INDICAR A CONSTRUÇÃO DE UM MERCADO MUNICIPAL PARA ATENDER FEIRANTES E PEQUENOS AGRICULTORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_58.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Providenciar pavimentação com revisol na Comunidade de Santo Anjo, neste município.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_59.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Reforma da Quadra da Comunidade Aracati</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_60.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Implantação do QR Code Saúde em cada residência para acesso do agente de saúde.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_61.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_61.pdf</t>
   </si>
   <si>
     <t>– Quebra Molas na Rua Alegre do Bairro Seac próximo a EMEF Santa Catarina.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_62.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Melhoria na rede de esgoto e acesso ao final da Rua Dois no bairro Boa Vista 1.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_63.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_63.pdf</t>
   </si>
   <si>
     <t>I – Troca do alambrado do campo de futebol da Comunidade de São João Bosco, neste município</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1965/valdemar_indicacao_64.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1965/valdemar_indicacao_64.pdf</t>
   </si>
   <si>
     <t>Criação de Página Web destinada à (solicitação, acompanhamento e emissão) de forma online da Carteira de Identificação do Autista</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1969/e_quebra-lomas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1969/e_quebra-lomas.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR a construção de uma praça com parquinho no Bairro Villagio, na Rua Cordial, nesse Município e PROVIDENCIAR a construção de dois quebra-molas na rua principal que dá acesso ao Bairro Villagio, neste Município.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1970/indicacao_onibus_-_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1970/indicacao_onibus_-_tininha.pdf</t>
   </si>
   <si>
     <t>Construção de ponto de ônibus com abrigo nas mediações do CEIM Fátima, sentido Tesouro.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacaotininha_-_carteirinha_autista.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacaotininha_-_carteirinha_autista.pdf</t>
   </si>
   <si>
     <t>Disponibilizar requerimento eletrônico para solicitação de carteirinha de autista no âmbito do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1972/68.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1972/68.pdf</t>
   </si>
   <si>
     <t>Regulamentar a redução da carga horária para pais de autistas e demais deficiências, no âmbito da administração pública do município de Jaguaré-ES, sem a necessidade de compensação de horário e sem prejuízos à remuneração do servidor.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacaotininha_-_revisol.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacaotininha_-_revisol.pdf</t>
   </si>
   <si>
     <t>Revestimento com Revsol no morro da rua Elias Brandão, comunidade de Fátima</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_70.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Pavimentação com Revsol no morro que dá acesso a Comunidade Nossa Senhora Aparecida, localidade do Jirau.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>MARCELO COSTA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_papelarias_-_marcelo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_papelarias_-_marcelo.pdf</t>
   </si>
   <si>
     <t>Seja observado o tratamento diferenciado para as pequenas empresas do município na aquisição de material escolar aos alunos da rede pública do município.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_72.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça municipal no Bairro Eldorado, neste Município.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_73.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Serviço de patrolagem na estrada que liga a ES-356 (Jaguaré X KM41) a comunidade do 16, São João Bosco e demais propriedades rurais.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao__074-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao__074-2024.pdf</t>
   </si>
   <si>
     <t>I – Empreender esforços necessários para a instalação de um Playground junto a EMEIEF ADENIL MASSINI QUIUQUI na Comunidade da Japira.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao__075-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao__075-2024.pdf</t>
   </si>
   <si>
     <t>I – Empreender esforços necessários para a instalação de uma ACADEMIA POPULAR, proximo à Escola Adenil Quiuqui, na comunidade da Japira.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_076-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_076-2024.pdf</t>
   </si>
   <si>
     <t>I – Construção de Banheiros na Quadra do Vargem Grande.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_77.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Que sejam empreendidos esforços pelo Poder Executivo junto ao Governo do Estado e a concessionária de telefonia móvel Vivo, a fim de que seja promovido o melhoramento da qualidade de sinal de telefone celular e internet no Jirau e proximidades.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1994/elizeu_indicacao_78-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1994/elizeu_indicacao_78-2024.pdf</t>
   </si>
   <si>
     <t>Implantar postes com iluminação nas ruas Pôr-do-sol e Rua Projetada, no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao___i_e_c__-_15-05-24.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao___i_e_c__-_15-05-24.pdf</t>
   </si>
   <si>
     <t>Empreender esforços para promover melhorias na ILUMINAÇÃO DO PÁTIO E CONSTRUÇÃO DE UMA CALÇADA COBERTA, LIGANDO O PRÉDIO DAS SALAS DE AULA AO REFEITÓRIO DA EMEIEF ADENIL MASSINI QUIUQUI, na Comunidade da Japira.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1999/indicacao_80.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1999/indicacao_80.pdf</t>
   </si>
   <si>
     <t>REDIRECIONAR a parada do ônibus Escolar de frente ao acesso da Escola Pedro Paulo Altoé para a Rua Noel Silva, atrás do Banco do Brasil, neste município.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_81.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_81.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR ampliação unidade de saúde da Comunidade de Vargem Grande, neste município.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_82.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Reforma da Quadra de esportes da Comunidade Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_83.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Revestimento com Revsol no morro atrás da igreja na Comunidade Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_84.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_84.pdf</t>
   </si>
   <si>
     <t>Disponibilizar e/ou adquirir um veículo que fique à disposição dos doadores de sangue até o HEMOES, localizado no município de São Mateus-ES.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_85.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_85.pdf</t>
   </si>
   <si>
     <t>Requerer junto a empresa São Gabriel a possibilidade de implantar novos horários de ônibus, principalmente voltando de Jaguaré, a partir das 18h00mim.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_86.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_86.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR profissional para aula temática e funcional na escola CEIM NOVA ESPERANÇA, nesse município.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_87.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_87.pdf</t>
   </si>
   <si>
     <t>Providenciar a Reforma da Atual Sede do 18ª CIA Independente da Polícia Militar;</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_88.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_88.pdf</t>
   </si>
   <si>
     <t>Providenciar Transferência Gratuita ou Cessão de Uso do Imóvel onde está estabelecido a 18ª Companhia Independente da Polícia Militar de Jaguaré ao Governo do Estado</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>VALDEMAR PAIVA SAMPAIO, ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2016/indicacao_89.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2016/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Revestimento com Revsol na Avenida Pôr-do-sol, no trecho que dá acesso ao Jirau até ao bairro Nova Esperança, na sede do município.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>ADEUTER TADEU GABRIEL, MARCELO COSTA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2031/indicacao_90-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2031/indicacao_90-2024.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUEBRA-MOLAS NA RUA TREZE DE DEZEMBRO.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2035/91_indicacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2035/91_indicacao.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Agricultura Familiar e inclui no calendário cultural anual do município de Jaguaré-ES</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2037/indicacao_92.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2037/indicacao_92.pdf</t>
   </si>
   <si>
     <t>I – Que o Poder Executivo adquira carrinho de limpeza para as escolas, extensivo aos demais departamento da administração pública, deste município</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2039/indicacao_93.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2039/indicacao_93.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para a instalação de uma ACADEMIA POPULAR, na Praça do Bairro Irmã Tereza.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2043/indicacao_94.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2043/indicacao_94.pdf</t>
   </si>
   <si>
     <t>Implantar o Conselho Municipal de Segurança Alimentar e Nutricional – CONSEA no âmbito do município, já criado pela lei municipal nº 842/2009</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_95.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Reforma da escola “EUM Cabeceira”, do córrego da Areia, com instalação de alambrado, construção de almoxarifado e outros.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_96.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Construção de outra piscina para uso do “Grupo Alegria”</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_97-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_97-2024.pdf</t>
   </si>
   <si>
     <t>Esforços junto ao Governo do Estado para implantação de uma base do Corpo de Bombeiros na sede do Município de Jaguaré-ES</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2052/indicacao_30-09_biometria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2052/indicacao_30-09_biometria.pdf</t>
   </si>
   <si>
     <t>Empreender esforços necessários para que o processo de Biometria para a emissão de Carteira de Motorista seja feito no  Município</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2056/jair_indicacao_99.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2056/jair_indicacao_99.pdf</t>
   </si>
   <si>
     <t>I – Revitalização do Campo do JP do Jirau.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2057/jair_indicacao_100.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2057/jair_indicacao_100.pdf</t>
   </si>
   <si>
     <t>I – Conclusão da obra quadra do JP, localizada na comunidade do Jirau.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2058/jair_indicacao_101.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2058/jair_indicacao_101.pdf</t>
   </si>
   <si>
     <t>I – Instalação de uma Academia Popular no centro da Comunidade Jirau.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2059/jair_indicacao_102.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2059/jair_indicacao_102.pdf</t>
   </si>
   <si>
     <t>I – Revestimento com Revsol na estrada que liga a APROJAR e APAGIR.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2062/indicacao_103.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2062/indicacao_103.pdf</t>
   </si>
   <si>
     <t>Empreender esforços para que seja instalada iluminação na Comunidade Rio do Sul, nas proximidades das Igrejas.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2063/indicacao_104-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2063/indicacao_104-2024.pdf</t>
   </si>
   <si>
     <t>I – Empreender esforços necessários para a criação e implementação do Lar dos Idosos em Jaguaré.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2066/indicacao_105-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2066/indicacao_105-2024.pdf</t>
   </si>
   <si>
     <t>Construção de um Redutor de velocidade na Av. Nove de Agosto, em frente a oficina do Neném e da Cooabriel:</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2075/indicacao_106-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2075/indicacao_106-2024.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR um ponto de apoio para unidade de  saúde do Bairro Nova Esperança. _x000D_
 II – PROVIDENCIAR pavimentação na Rua Projetada _x000D_
 vertical, próxima ao espaço que as crianças praticam _x000D_
 esportes, no Bairro Nova Esperança, neste município.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>MARCOS ANTONIO GUERRA WANDERMUREM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/</t>
+    <t>http://sapl.jaguare.es.leg.br/media/</t>
   </si>
   <si>
     <t>A PREFEITURA MUNICIPAL VEM POR MEIO DESTE OFICIO REQUERER QUE A CAMARA MUNICIPAL ANALISE O PLANO DE SUSTENTABILIDADE DA PAVIMENTAÇÃO DE RUAS DO MUNICIPIO CONFORME O CONTRATO DE REPASSE 892523-2019. PORTANTO PODER EXECUTIVO REQUER ANUENCIA DO PODER LEVISLATIVO COMO PRÉ REQUISITO PARA A APROVAÇÃO DO PROJETO JUNTO A CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Jaguaré - PMJ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2040/1_-_jaguare_-_plano_de_acao_-_analise_secult_-_final.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2040/1_-_jaguare_-_plano_de_acao_-_analise_secult_-_final.pdf</t>
   </si>
   <si>
     <t>Secretaria de Cultura encaminha Termo de Responsabilidade e o Plano de Ação</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_rotary.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_rotary.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ROTARY CLUB DE JAGUARÉ CENTENÁRIO</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_aplausos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_aplausos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos profissionais, ASSISTENTES SOCIAIS DO MUNICIPIO DE JAGUARE-ES.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2011/elizeu_-_mocao_03-06.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2011/elizeu_-_mocao_03-06.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS EX VEREADORES DO MUNICÍPIO DE JAGUARE-ES.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1943/projeto__decreto-contas_marcos_2021.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1943/projeto__decreto-contas_marcos_2021.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2008/projeto_de_decreto_02-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2008/projeto_de_decreto_02-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ JAGUARENSE A SENHORA ORLANIA ROSA CAMARA.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2074/projeto_de_decreto_contas_2020.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2074/projeto_de_decreto_contas_2020.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Jaguaré_x000D_
 ES - referente ao exercício de 2020.”</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2079/projeto_de_decreto_04-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2079/projeto_de_decreto_04-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE  TÍTULO  CIDADAO JAGUARENSE A SENHORA ANDREIA FIGUEIREDO MOTTA ALMEIDA</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_decreto_05-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_decreto_05-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE  TÍTULO  JAGUARENSE.”  HONORÍFICO  DE  CIDADÃO AO SENHOR  GERCÉ RODRIGUES DE ALMEIDA.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2081/projeto_de_decreto_06-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2081/projeto_de_decreto_06-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO  JAGUARENSE. AO SENHOR JAIRO JOSÉ MAGNAGO</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2082/projeto_de_decreto_07-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2082/projeto_de_decreto_07-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE  TÍTULO  JAGUARENSE.”  HONORÍFICO  DE  CIDADÃO SENHORA ITATIANE CRISTINA LANA CARVALHO DE ANDRADE</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_decreto_08-2024_-_ademir_vieira.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_decreto_08-2024_-_ademir_vieira.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE AO SR. ADEMIR VIEIRA</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de__decreto_09-2024-marcos_antonio_guerra_wandermurem.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de__decreto_09-2024-marcos_antonio_guerra_wandermurem.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE Sr. MARCOS ANTÔNIO GUERRA WANDERMUREM</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2085/projeto_de_decreto_10-2024-biografia_roger_gozzer_cimadon.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2085/projeto_de_decreto_10-2024-biografia_roger_gozzer_cimadon.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE Sr. ROGER GOZZER CIMADON</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_decreto_11-2024-biografia_juvercino.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_decreto_11-2024-biografia_juvercino.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE ao Sr. JUVERCINO FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_decreto_12-2024-biografia_edson_soprani.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_decreto_12-2024-biografia_edson_soprani.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE Sr. EDSON SEBASTIÃO SOPRANI.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_decreto_13-2024-biografia_tulio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_decreto_13-2024-biografia_tulio.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE Sr. TÚLIO PARIZ</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2036/emenda_a_lei_organica_01-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2036/emenda_a_lei_organica_01-2024.pdf</t>
   </si>
   <si>
     <t>“Inclui o Art. 109-A na Lei Orgânica do_x000D_
 Município de Jaguaré-ES, para adotar no_x000D_
 processo legislativo orçamentário_x000D_
 municipal as emendas impositivas_x000D_
 individuais de vereadores e de bancadas,_x000D_
 previstas na Emenda Constitucional nº 86,_x000D_
 de 17 de março de 2015; na Emenda_x000D_
 Constitucional nº 100, de 26 de junho de_x000D_
 2019; e na Emenda Constitucional nº 126,_x000D_
 de 21 de dezembro de 2022; e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2077/pl_033_-_subprocurador.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2077/pl_033_-_subprocurador.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICADA LEI MUNICIPAL N.º 1.273, DE 02 DE OUTUBRO DE 2015, QUE DISPÕE SOBREA CRIAÇÃO, A ORGANIZAÇÃO E  ESTRUTURAÇÃO DA PROCURADORIA GERAL DO MUNICÍPIO DE JAGUARÉ PGMJ E DÁ OUTRASPROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2093/pl_039_-_estruturacao_da_procuradoria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2093/pl_039_-_estruturacao_da_procuradoria.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICA DA  LEI MUNICIPAL N.º 1.273, DE 02 DE OUTUBRO  DE 2015, QUE DISPÕE SOBRE A CRIAÇÃO, A  ORGANIZAÇÃO E A ESTRUTURAÇÃO DA  PROCURADORIA GERAL DO MUNICÍPIO DE  JAGUARÉ – PGMJ E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1872/projeto_lei_legislativo_1-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1872/projeto_lei_legislativo_1-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Legislativo Municipal a abrir Crédito Especial</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1873/projeto_de_lei_legislativo_-_01_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1873/projeto_de_lei_legislativo_-_01_penha.pdf</t>
   </si>
   <si>
     <t>Denomina “OLANDO DONDONI”, na Quadra Poliesportiva da Comunidade Vargem Grande desse Município e dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_lei_03-_2024_fabio_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_lei_03-_2024_fabio_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação e descarte de lâmpadas, pilhas, baterias, entre outros lixos eletrônicos, por estabelecimentos que comercializam esses produtos; estabelece pontos de coleta no município de Jaguaré-ES e dá outras providências</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1921/projeto_legislativo_14-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1921/projeto_legislativo_14-2024.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “AURIA PEREIRA DA SILVA”, Localizado na Rua Projetada L, próxima a rotatória, Bairro Riviera, neste município e dá outras providências</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1924/prejeto_de_lei_-005-2024_-_nome_de_rua_auiria_marcelo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1924/prejeto_de_lei_-005-2024_-_nome_de_rua_auiria_marcelo.pdf</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_de_lei_06-24.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_de_lei_06-24.pdf</t>
   </si>
   <si>
     <t>Denomina “EMEF Benedita dos Santos Silva” a escola municipal de ensino fundamental de Barra Seca, Município de Jaguaré, ES</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_lei_07-_2024_tininha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_lei_07-_2024_tininha.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto “Xô Piolho” e Institui a prevenção e conscientização e combate à pediculose (piolhos e lêndeas) nas escolas do Município de Jaguaré-ES</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1967/prejeto_de_lei_nome_da_quadra_de_esportes_paulo_bartolomeo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1967/prejeto_de_lei_nome_da_quadra_de_esportes_paulo_bartolomeo.pdf</t>
   </si>
   <si>
     <t>Dispõe e denomina nome “PAULO BARTOLOMEO” quadra de esportes da Comunidade de São João Bosco, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2009/projeto_de_lei_09-_2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2009/projeto_de_lei_09-_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO COMO RUA “JOSÉ RODRIGUES DOS SANTOS” A ATUAL RUA “H”, LOCALIZADA NO LOTEAMENTO ELDORADO.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2010/projeto_de_lei_10-_2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2010/projeto_de_lei_10-_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO COMO RUA “GENEROSO ADAME BIANCARDI” A ATUAL RUA “2”, LOCALIZADA NO LOTEAMENTO ELDORADO.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2014/projeto_de_lei_legislativo_11-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2014/projeto_de_lei_legislativo_11-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA “AGOSTO LILÁS” NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE JAGUARÉ-ES, DESTINADA À CONSCIENTIZAÇÃO PELO FIM DA VIOLÊNCIA CONTRA A MULHER</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2015/projeto_de_lei_12-_2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2015/projeto_de_lei_12-_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA CIRCULAÇÃO DE CÃES DE GRANDE PORTE E RAÇAS CONSIDERADAS PERIGOSAS EM VIAS PÚBLICAS, E DISPÕE SOBRE EXCEÇÕES.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2019/projeto_de_lei_13-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2019/projeto_de_lei_13-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO DA LEI Nº 735, DE 19 DE OUTUBRO DE 2007 E EXTINGUE CARGO COMISSIONADO DA ESTRUTURA ADMINISTRATIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2023/projeto_de_lei_legislativo_14.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2023/projeto_de_lei_legislativo_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação do aplicativo “infância segura" no âmbito do município de Jaguaré-ES e dá outras providências.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO, MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_legislativo_015-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_legislativo_015-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO, APLICAÇÃO E COMPROVAÇÃO DE SUPRIMENTO DE FUNDOS PODER LEGISLATIVO MUNICIPAL DE JAGUARÉ”</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2030/prejeto_de_lei_legislativo_016-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2030/prejeto_de_lei_legislativo_016-2024.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “AUGUSTO NARDI”, localizado na Rua Projetada, próxima a rotatória do Bairro Riviera e Estádio Conilon, neste município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2032/projeto_de_lei_legislativo_17-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2032/projeto_de_lei_legislativo_17-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de “CAPELA MORTUÁRIA SANTANINHA COSME” a Capela Mortuária do Município de Jaguaré-ES</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2034/projeto_de_lei_18-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2034/projeto_de_lei_18-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Agricultura Familiar e inclui no calendário cultural anual do município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2038/projeto_de_lei_legislativo_19-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2038/projeto_de_lei_legislativo_19-2024.pdf</t>
   </si>
   <si>
     <t>Denomina “ALDA LUZIA BARBOSA ALVES” Escola localizada no Bairro Riviera, neste município.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2045/projeto_de_lei_20-_2024_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2045/projeto_de_lei_20-_2024_elizeu.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo 15 da lei nº 1.744, de 23_x000D_
 de abril de 2024.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2048/projeto_de_lei_legislativo_n021-2024.docx</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2048/projeto_de_lei_legislativo_n021-2024.docx</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS §3º DO ART. 2º DA LEI Nº 814, DE 11 DE MAIO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2050/projeto_de_lei_legislativo_022-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2050/projeto_de_lei_legislativo_022-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO HASTEAMENTO DE BANDEIRAS E DA EXECUÇÃO DE HINOS OFICIAIS NAS ESCOLAS PÚBLICAS DA REDE MUNICIPAL DE ENSINO, ENTIDADES EDUCACIONAIS, SUBVENCIONADAS OU CONVENIADAS COM O MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2053/projeto_de_lei_23-_2024_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2053/projeto_de_lei_23-_2024_elizeu.pdf</t>
   </si>
   <si>
     <t>Denomina "Marilei Francisca Alves Sánchez (Diretora Beta)" a quadra de esportes localizada no bairro Palmito</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2055/projeto_de_lei__24-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2055/projeto_de_lei__24-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de fixação de placas informativas ou comunicados, nas unidades públicas e privadas de saúde situadas no Município de Jaguaré, versando sobre a Entrega Legal, instituída pela Lei n° 13.509, de 22 de novembro de 2017</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_dia_do_evangelico.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Torna o dia 31 de outubro feriado municipal, em comemoração ao Dia do Evangélico Jaguarense, e dá outras providências</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2061/projeto_de_lei_legislativo_026-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2061/projeto_de_lei_legislativo_026-2024.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “NORÍDIO RODRIGUES DA ROCHA”, localizado na Rua Projetada B, loteamento família Martins, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2067/projeto_de_lei_legislativo_27-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2067/projeto_de_lei_legislativo_27-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da rua onde está localizada a nova unidade de saúde no bairro Boa Vista II e dá outras providências.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2071/projeto_de_lei_legislativo_028-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2071/projeto_de_lei_legislativo_028-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Prefeito Municipal e aos Secretários das respectivas pastas para a transferência ou remoção de servidores oriundos de processo seletivo, conforme a necessidade e conveniência da administração pública e dá outras providências.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2076/projeto_de_lei_legislativo_029-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2076/projeto_de_lei_legislativo_029-2024.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “ANTÔNIO GOMES DOS  SANTOS”, localizado na Rua Projetada  vertical, Bairro Nova Esperança, neste  município e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1886/pl_001_-_autoriza_desapropriar_imovel_destinado_a_construcao_da_praca_da_comunidade_do_palmito_e_abrir_credito_especial_no_orcamento.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1886/pl_001_-_autoriza_desapropriar_imovel_destinado_a_construcao_da_praca_da_comunidade_do_palmito_e_abrir_credito_especial_no_orcamento.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL DESTINADO À CONSTRUÇÃO DA PRAÇA DA COMUNIDADE DO PALMITO</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1887/pl_002_-_altera_a_lei_682_-2006_e_amplia_cargos_assistencia_social_gpi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1887/pl_002_-_altera_a_lei_682_-2006_e_amplia_cargos_assistencia_social_gpi.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 682/2006, amplia o quantitativo de cargos de Assistente Social, Psicólogo e Nutricionista e cria os cargos de Pedagogo Social e Oficineiro Social para suprir demandas da Administração Pública Municipal, e dá outras providências.”</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1888/pl_003_-_revoga_leis_beneficios_assistencia_social.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1888/pl_003_-_revoga_leis_beneficios_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Revoga as leis 727/2007, 970/2011, 972/2011 e 1.388/2017.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1889/pl_004_-_institui_o_programa_nascentes_vivas_-_cada_nascente_conta_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1889/pl_004_-_institui_o_programa_nascentes_vivas_-_cada_nascente_conta_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “NASCENTES VIVAS - CADA NASCENTE CONTA”, E DÁ OUTRAS  PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1927/pl_005_-_termo_de_fomento_renascer.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1927/pl_005_-_termo_de_fomento_renascer.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ARTCULTURA RENASCER E A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DA SECRETARIAMUNICIPALDECULTURA</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1928/pl_006_-_autoriza_o_chefe_do_executivo_municipal_a_firmar_termo_de_fomento_com_o_movimento_de_educacao_promocional_do_espirito_santo_-_mepes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1928/pl_006_-_autoriza_o_chefe_do_executivo_municipal_a_firmar_termo_de_fomento_com_o_movimento_de_educacao_promocional_do_espirito_santo_-_mepes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a firmar Termo de Fomento com o Movimento de Educação Promocional do Espírito Santo -MEPES, e dá outras providências</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1929/pl__007_-_autoriza_firmar_termo_de_fomento_com_a_associacao_pestalozzi_de_jaguare_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1929/pl__007_-_autoriza_firmar_termo_de_fomento_com_a_associacao_pestalozzi_de_jaguare_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1930/pl_008_-altera_a_redacao_do_artigo_9_da_lei_municipal_n_678_2006.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1930/pl_008_-altera_a_redacao_do_artigo_9_da_lei_municipal_n_678_2006.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 9º da Lei Municipal nº 678/2006_x000D_
 _x000D_
 II – bolsa-auxílio no valor de R$450,00 (quatrocentos e cinquenta reais) mensais para estagiários dos anos finais do ensino fundamental, na modalidade_x000D_
 profissional da educação de jovens e adultos e do ensino médio; R$ 550,00 (quinhentos e cinquenta reais) mensais para estagiários de nível técnico; e,_x000D_
 R$700,00 (setecentos reais) mensais para estagiários de nível superior</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_009_-_credito_especial_elemento_de_despesa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_009_-_credito_especial_elemento_de_despesa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS COM TARIFAS DE ÁGUA E ESGOTO AO SAAE DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1932/pl_010_-_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_corrego_do_palmito_municipio_de_jaguarees__a_empresa_a.c.p._industria_de_moveis_ltda_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1932/pl_010_-_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_corrego_do_palmito_municipio_de_jaguarees__a_empresa_a.c.p._industria_de_moveis_ltda_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CÓRREGO DO PALMITO, MUNICÍPIO DE JAGUARÉ/ES A EMPRESA A.C.P. INDUSTRIA DE MÓVEIS LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1951/pl_011_-_altera_a_lei_n_1000_de_2012_para_criar_gratificacao_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1951/pl_011_-_altera_a_lei_n_1000_de_2012_para_criar_gratificacao_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.000 DE 17 DE ABRIL DE 2012 PARA CRIAR GRATIFICAÇÃO POR EXERCÍCIO DE PRONTIDÃO OU PLANTÃO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1952/pl_012_-_lei_micro_e_pequena_empresa_vf.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1952/pl_012_-_lei_micro_e_pequena_empresa_vf.pdf</t>
   </si>
   <si>
     <t>Institui a Lei Geral Municipal da Microempresa, Empresa de Pequeno Porte e Microempreendedor Individual no Município de Jaguaré e das outras providencias.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_013_-__institui_o_novo_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_013_-__institui_o_novo_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O REGIME DE ADIANTAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1977/pl_014-_dispoe_sobre_reajuste_salarial.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1977/pl_014-_dispoe_sobre_reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o reajuste salarial dos níveis I, II, III, IV e V, da Tabela de Vencimentos do Magistério Público municipal, prevista no Anexo III, da Lei Complementar Municipal nº 673, de 31 de outubro de 2006, e dá outras providências."</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1978/pl_015-_altera_lei_918_de_2011_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1978/pl_015-_altera_lei_918_de_2011_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 918, de 16 de março de 2011, que dispõe sobre a criação dos cargos de Diretor Escolar, Coordenador De Turno e Coordenador De Projetos Educacionais e dá outras providências</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1980/pl_016_-_altera_a_redacao_do_art._8_da_lei_n_1739-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1980/pl_016_-_altera_a_redacao_do_art._8_da_lei_n_1739-2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 8º DA LEI Nº 1.739 DE 15 DE ABRIL DE 2024.”</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1981/pl__017_-_dispoe_sobre_a_faixa_nao_edificavel_na_rodovia_governador_mario_covas_br-101_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1981/pl__017_-_dispoe_sobre_a_faixa_nao_edificavel_na_rodovia_governador_mario_covas_br-101_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FAIXA NÃO EDIFICÁVEL NARODOVIA GOVERNADOR MARIO COVAS (BR-101) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_018_-_termo_de_colaboracao_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_018_-_termo_de_colaboracao_pestalozzi.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_019_-_termo_de_colaboracao_lar_dos_velhinhos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_019_-_termo_de_colaboracao_lar_dos_velhinhos.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO SANTA RITA DE CASSIA – LAR DOS_x000D_
 VELHINHOS"</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1990/pl_020_-_autoriza_o_chefe_do_executivo_municipal_a_receber_em_doacao_area_de_terra_da_associacao_de_produtores_rurais_de_jaguare_e_regiao_aprojar_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1990/pl_020_-_autoriza_o_chefe_do_executivo_municipal_a_receber_em_doacao_area_de_terra_da_associacao_de_produtores_rurais_de_jaguare_e_regiao_aprojar_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREA DE TERRA DA ASSOCIAÇÃO DE PRODUTORES RURAIS DE JAGUARÉ E_x000D_
 REGIÃO (APROJAR), BEM COMO FIRMAR TERMO DE CESSÃO DE USO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1991/pl_021_-_termo_federaa7a3o_capixaba_de_corrida_de_aventura_8093_fcca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1991/pl_021_-_termo_federaa7a3o_capixaba_de_corrida_de_aventura_8093_fcca.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A FEDERAÇÃO CAPIXABA DE CORRIDA DE AVENTURA – FCCA</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1992/pl_022_-_altera_a_lei_n_1.255_de_02_de_junho_de_2015_que_aprova_o_plano_municipal_de_educacao_para_o_decencio_2015-2025_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1992/pl_022_-_altera_a_lei_n_1.255_de_02_de_junho_de_2015_que_aprova_o_plano_municipal_de_educacao_para_o_decencio_2015-2025_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI N° 1.255 DE 02 DE JUNHO DE 2015 QUE APROVA O PLANO MUNICIPAL DE EDUCAÇÃO PARA O DECÊNIO 2015-2025 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2000/pl_023-_abertura_de_credito_especial_para_parceria_publico_privada.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2000/pl_023-_abertura_de_credito_especial_para_parceria_publico_privada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir crédito especial para Parceria Público Privada.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_024_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_024_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir crédito adicional suplementar e a firmar termo de fomento com a Associação de Voluntários Amigos do Pelo de Jaguaré/ES</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_025_ldo_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_025_ldo_ass.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentárias (LDO), para o exercício de 2025, e dá outras providências"</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2026/pl_026_-_acrescenta_dispositivo_na_lei_n_406.1997_que_dispoe_sobre_a_contratacao_por_tempo_determinado_pelo_municipio_de_jaguare__-es.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2026/pl_026_-_acrescenta_dispositivo_na_lei_n_406.1997_que_dispoe_sobre_a_contratacao_por_tempo_determinado_pelo_municipio_de_jaguare__-es.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei nº 406, de 17 de dezembro de 1997</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2027/pl_027-_autoriza_o_chefe_do_poder_executivo_municipal_a_frimar_termo_de_fomento_com_a_federacao_capichaba_de_corrida_de_aventura_-fcca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2027/pl_027-_autoriza_o_chefe_do_poder_executivo_municipal_a_frimar_termo_de_fomento_com_a_federacao_capichaba_de_corrida_de_aventura_-fcca.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo Municipal a firmar termo de fomento com a Federação Capixaba de Corrida de Aventura – FCCA”</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_028-_projeto_de_lei_loa_2025_-_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_028-_projeto_de_lei_loa_2025_-_jaguare.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITAS E FIXA DESPESAS DO MUNICÍPIO DE JAGUARÉ-ES PARA O EXERCÍCIO FINANCEIRO DE 2025”</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2069/pl_029-_pagamento_de_valor_adicional_aos_servidore_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2069/pl_029-_pagamento_de_valor_adicional_aos_servidore_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PAGAMENTO DE VALOR ADICIONAL AOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA E AUTÁRQUICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_030_-_abrir_credito_suplementar.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_030_-_abrir_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR”</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2070/pl_031_-_alteracao_perimetro_urbano.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2070/pl_031_-_alteracao_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALTERAR O PERÍMETRO URBANO LOCALIZADO NO DISTRITO DO PALMITO, MUNICÍPIO DE JAGUARÉ E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2072/pl_032_-_dispoe_sobre_a_autorizacao_para_o_pagamento_de_valores_adicionais_com_recursos_proprios_aos_beneficiarios_do_projeto_da_lei_paulo_gustavo_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2072/pl_032_-_dispoe_sobre_a_autorizacao_para_o_pagamento_de_valores_adicionais_com_recursos_proprios_aos_beneficiarios_do_projeto_da_lei_paulo_gustavo_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A AUTORIZAÇÃO PARA O PAGAMENTO DE VALORES ADICIONAIS, COM RECURSOS PRÓPRIOS, AOS BENEFICIÁRIOS DO PROJETO DA LEI PAULO GUSTAVO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2078/pl_034_-_cria_cargo_de_secretario_de_administracao_e_subsecretarias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2078/pl_034_-_cria_cargo_de_secretario_de_administracao_e_subsecretarias.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO  E  AS  SUBSECRETARIAS MUNICIPAIS DE  ESPORTES, SAÚDE, EDUCAÇÃO E  ASSISTÊNCIA SOCIAL E ALTERA  DISPOSITIVOS QUE ESPECIFICA DA  LEI MUNICIPAL N.º 726, DE 02 DE  OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO_x000D_
  ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ, ESTADO DO ESPÍRITO  SANTO, DEFINE A ESTRUTURA  ADMINISTRATIVA E O QUADRO DE CARGOS DE PROVIMENTO EM COMISSÃO  E DA  OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2086/pl__035-__institui_a_politica_municipal_integrada_pela_primeira_infancia_de_jaguare_espirito_santo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2086/pl__035-__institui_a_politica_municipal_integrada_pela_primeira_infancia_de_jaguare_espirito_santo.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal Integrada pela Primeira Infância de Jaguaré, Espírito Santo</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2087/pl__036-_dispoe_sobre_criacao_da_lei_de_servicos_de_inspecao_municipal_e_os_procedimenos_obrigatorios_de_inspecao_sanitaria_em_estabelecimentos_que_manipulam_e__.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2087/pl__036-_dispoe_sobre_criacao_da_lei_de_servicos_de_inspecao_municipal_e_os_procedimenos_obrigatorios_de_inspecao_sanitaria_em_estabelecimentos_que_manipulam_e__.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da lei do Serviço de Inspeção Municipal e os procedimentos obrigatórios de inspeção sanitária em estabelecimentos que manipulam e/ou processam produtos de origem animal no Município de Jaguaré/ES e dá outras providências</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2091/pl_037_-_dispoe_sobre_pagamento_de_abono_aos_profissionais_da_educacao_basica_em_efetivo_exercicio_remunerados_com_recursos_dos_70_do_fundeb.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2091/pl_037_-_dispoe_sobre_pagamento_de_abono_aos_profissionais_da_educacao_basica_em_efetivo_exercicio_remunerados_com_recursos_dos_70_do_fundeb.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o pagamento de abono aos profissionais_x000D_
  da educação básica em efetivo exercício, remunerados_x000D_
  com recursos dos 70% do Fundo de Manutenção e_x000D_
  Desenvolvimento da Educação Básica (FUNDEB), na_x000D_
  rede municipal de ensino de Jaguaré, e dá outras_x000D_
  providências.”</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2092/pl_038_-_altera_a_redacao_do_artigo_4o_da_lei_municipal_no_1.697_-2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2092/pl_038_-_altera_a_redacao_do_artigo_4o_da_lei_municipal_no_1.697_-2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 4º da Lei Municipal nº 1.697/2023.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2094/pl_040-_altera_codigo_de_obras.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2094/pl_040-_altera_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 1.745, de 23 de abril de  2024, que dispõe sobre o Código de Edificações e Obras, e dá outras providências</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_-_041-_altera_pdm.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_-_041-_altera_pdm.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 1.745, de 23 de abril de 2024, que dispõe sobre o Código de Edificações e Obras, e dá outras providências</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1901/01_requerimento_jean_correios.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1901/01_requerimento_jean_correios.pdf</t>
   </si>
   <si>
     <t>O vereador JEAN FÁBIO COSTALONGA, requer do Poder Executivo através do Excelentíssimo Prefeito Marcos Antonio Guerra Wandermurem, que solicite esforços ao Deputado Federal Gilson Daniel para que esse busque junto ao Ministério de Telecomunicações, repostas às indagações da população de alguns bairros de Jaguaré-ES, quanto à entrega de encomendas realizadas pela empresa Correios.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1917/02_requerimento_jair.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1917/02_requerimento_jair.pdf</t>
   </si>
   <si>
     <t>Solicite a Prefeitura Municipal aos cuidados do Senhor Prefeito Marcos Antônio Guerra Wandermurem para que providencie a este Poder Legislativo o comprovante de pagamento dos combustíveis utilizados no mês de janeiro de 2024 no Posto Jaguar Ltda</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1920/brn3c2af430bbe9_047145.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1920/brn3c2af430bbe9_047145.pdf</t>
   </si>
   <si>
     <t>Vereadora Penha Bettim no uso de suas funções legais e regimentais, vem respeitosamente REQUERER a Vossa Excelências, incluir na Pauta da Sessão do dia 15 de março de 2024, a indicação Nº014/2024 de minha autoria, que tem por finalidade a tomada de providência pelo senhor Prefeito, para melhorias com Revisol na estrada que liga a Comunidade do Barroquinha até Valiate, passando por São João Bosco e São Judas Tadeu, neste Município.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1968/requerimento_regimento_interno.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1968/requerimento_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Reescrita de todo o teor do Regimento Interno, alterando-se o necessário, com o fito único e exclusivo para ciência da modernização do Regimento Interno em sua forma, ficando mais fácil acesso a todos</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1993/requerimento_jean_internet.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1993/requerimento_jean_internet.pdf</t>
   </si>
   <si>
     <t>Requerer ao Poder Executivo através do Excelentíssimo Prefeito, solicite esforços ao Deputado Federal Gilson Daniel para que providencie internet nas seguintes unidades de ensino educacional do município, a saber: EPM Santa Maria Goreth, EPM São Sebastião, EUM Rio Preto e EUM Belmiro Giovaneli,</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_06.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_06.pdf</t>
   </si>
   <si>
     <t>O Vereador ELIZEU RIBEIRO DE SOUZA, no uso de suas atribuições legais e consubstanciado no Regimento Interno da Câmara Municipal de Jaguaré-ES e Lei orgânica municipal, vem, respeitosamente, requerer a realização de AUDIÊNCIA PÚBLICA para debater do tema referente a campanha “Maio Laranja” visando ações e políticas públicas no Combate ao Abuso e à Exploração Sexual de Crianças e Adolescentes no Município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2013/requerimento_07-24.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2013/requerimento_07-24.pdf</t>
   </si>
   <si>
     <t>Incluir nas Leis Orçamentárias, a aquisição de 02 (dois) veículos para a Secretaria Municipal de Saúde, ou que sejam disponibilizados dentre os já locados ou de propriedade do município, com o fim de levar e buscar pacientes e acompanhantes em atendimentos na cidade de São Mateus-ES.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2020/requerimento_08-.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2020/requerimento_08-.pdf</t>
   </si>
   <si>
     <t>Providenciar a este Poder Legislativo os comprovantes de pagamento dos combustíveis utilizados no mês de janeiro de 2024 no Posto Jaguar Ltda</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_09-2024.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_09-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo faça abertura de sindicância para apurar as possíveis irregularidades da empresa SÃO GABRIEL</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2065/requerimento_10.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2065/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Criação da comissão técnica indicada no art. 183 do PDM – COMPLAN para devida reformulação do PDM recentemente aprovado</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2041/oficio_229_-_veto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2041/oficio_229_-_veto.pdf</t>
   </si>
   <si>
     <t>Comunico a Vossa Excelência que, nos termos do § 2º do Art. 55, § 2º da LOM, decidi VETAR, por inconstitucionalidade e ausência de interesse público, a emenda modificativa nº 1 ao Projeto de Lei do Executivo n° 025/2024, que dispõe sobre a Lei de Diretrizes Orçamentárias, cujos motivos seguem em anexo</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>OTC</t>
   </si>
   <si>
     <t>OFICIO TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS DO ES - TCES</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1891/processo_tribunal_contas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1891/processo_tribunal_contas.pdf</t>
   </si>
   <si>
     <t>Processo TC nº 7677/2022 – Parecer Prévio TC 114/2023</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>Prestação de contas anual do prefeito</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>OFÍCIO 02012/2024-5 DO TRIBUNAL DE CONTAS – Acórdão 0010/2024 – Controle Externo – Fiscalização - Auditoria</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>OFÍCIO 01700/2024-1 DO TRIBUNAL DE CONTAS – Núcleo de Controle Externo de Meio Ambiente, Saneamento e Mobilidade Urbana.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2064/oficio_tc_4810-2024_pref_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2064/oficio_tc_4810-2024_pref_jaguare.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Anual de Prefeito</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2073/oficio4998-2024-1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2073/oficio4998-2024-1.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Anual de Ordenador  Edson Sebastiao Soprani referente ao exercício do ano de 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2913,67 +2913,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1941/01_anteprojeto_marcelo_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1956/anteprojeto_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1985/anteprojeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1986/anteprojeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2028/reorganizacao_do_transito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2042/anteprojeto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2049/anteprojeto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1957/emenda_projeto_58-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2025/emenda_aditiva_01-2024-proj._60-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1950/emenda_modificativa_01-2024-proj._10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2033/emenda_a_lei_organica_01-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2024/emenda_supressiva_01-2024-proj._60-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_05-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_06-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1880/indicacao_07-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1881/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1892/indicacao_14-2024_penha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1893/indicacao_15-2024_tiao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1894/indicacao_016-2024_-_jair.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1895/indicacao_-_junior_alves_29-02-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1896/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_023-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_024-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_025-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_026-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_027-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1907/28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_029-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_031-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_032-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_033-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_34-2024_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_35-2024_-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_37-2024_jean.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_38-2024_tiao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_39_anexos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_40-2024_junior_alves_15-03-24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_41-2024-_penha.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_42-2024-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_43-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_44-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_45-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_46_2024_jair_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_047-2024_jair_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_48-2024_jair_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_49-2024_jair_4.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_50-2024_jair_5.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_51-2024_tiao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_52-2024_jair_6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_53-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_elizeu_54-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_elizeu_55-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_elizeu_56-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1965/valdemar_indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1969/e_quebra-lomas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1970/indicacao_onibus_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacaotininha_-_carteirinha_autista.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1972/68.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacaotininha_-_revisol.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_papelarias_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao__074-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao__075-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_076-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1994/elizeu_indicacao_78-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao___i_e_c__-_15-05-24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1999/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2016/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2031/indicacao_90-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2035/91_indicacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2037/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2039/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2043/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_97-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2052/indicacao_30-09_biometria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2056/jair_indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2057/jair_indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2058/jair_indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2059/jair_indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2062/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2063/indicacao_104-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2066/indicacao_105-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2075/indicacao_106-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2040/1_-_jaguare_-_plano_de_acao_-_analise_secult_-_final.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_rotary.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2011/elizeu_-_mocao_03-06.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1943/projeto__decreto-contas_marcos_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2008/projeto_de_decreto_02-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2074/projeto_de_decreto_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2079/projeto_de_decreto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_decreto_05-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2081/projeto_de_decreto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2082/projeto_de_decreto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_decreto_08-2024_-_ademir_vieira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de__decreto_09-2024-marcos_antonio_guerra_wandermurem.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2085/projeto_de_decreto_10-2024-biografia_roger_gozzer_cimadon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_decreto_11-2024-biografia_juvercino.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_decreto_12-2024-biografia_edson_soprani.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_decreto_13-2024-biografia_tulio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2036/emenda_a_lei_organica_01-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2077/pl_033_-_subprocurador.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2093/pl_039_-_estruturacao_da_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1872/projeto_lei_legislativo_1-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1873/projeto_de_lei_legislativo_-_01_penha.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_lei_03-_2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1921/projeto_legislativo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1924/prejeto_de_lei_-005-2024_-_nome_de_rua_auiria_marcelo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_de_lei_06-24.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_lei_07-_2024_tininha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1967/prejeto_de_lei_nome_da_quadra_de_esportes_paulo_bartolomeo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2009/projeto_de_lei_09-_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2010/projeto_de_lei_10-_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2014/projeto_de_lei_legislativo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2015/projeto_de_lei_12-_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2019/projeto_de_lei_13-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2023/projeto_de_lei_legislativo_14.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_legislativo_015-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2030/prejeto_de_lei_legislativo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2032/projeto_de_lei_legislativo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2034/projeto_de_lei_18-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2038/projeto_de_lei_legislativo_19-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2045/projeto_de_lei_20-_2024_elizeu.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2048/projeto_de_lei_legislativo_n021-2024.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2050/projeto_de_lei_legislativo_022-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2053/projeto_de_lei_23-_2024_elizeu.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2055/projeto_de_lei__24-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2061/projeto_de_lei_legislativo_026-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2067/projeto_de_lei_legislativo_27-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2071/projeto_de_lei_legislativo_028-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2076/projeto_de_lei_legislativo_029-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1886/pl_001_-_autoriza_desapropriar_imovel_destinado_a_construcao_da_praca_da_comunidade_do_palmito_e_abrir_credito_especial_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1887/pl_002_-_altera_a_lei_682_-2006_e_amplia_cargos_assistencia_social_gpi.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1888/pl_003_-_revoga_leis_beneficios_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1889/pl_004_-_institui_o_programa_nascentes_vivas_-_cada_nascente_conta_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1927/pl_005_-_termo_de_fomento_renascer.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1928/pl_006_-_autoriza_o_chefe_do_executivo_municipal_a_firmar_termo_de_fomento_com_o_movimento_de_educacao_promocional_do_espirito_santo_-_mepes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1929/pl__007_-_autoriza_firmar_termo_de_fomento_com_a_associacao_pestalozzi_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1930/pl_008_-altera_a_redacao_do_artigo_9_da_lei_municipal_n_678_2006.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_009_-_credito_especial_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1932/pl_010_-_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_corrego_do_palmito_municipio_de_jaguarees__a_empresa_a.c.p._industria_de_moveis_ltda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1951/pl_011_-_altera_a_lei_n_1000_de_2012_para_criar_gratificacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1952/pl_012_-_lei_micro_e_pequena_empresa_vf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_013_-__institui_o_novo_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1977/pl_014-_dispoe_sobre_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1978/pl_015-_altera_lei_918_de_2011_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1980/pl_016_-_altera_a_redacao_do_art._8_da_lei_n_1739-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1981/pl__017_-_dispoe_sobre_a_faixa_nao_edificavel_na_rodovia_governador_mario_covas_br-101_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_018_-_termo_de_colaboracao_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_019_-_termo_de_colaboracao_lar_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1990/pl_020_-_autoriza_o_chefe_do_executivo_municipal_a_receber_em_doacao_area_de_terra_da_associacao_de_produtores_rurais_de_jaguare_e_regiao_aprojar_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1991/pl_021_-_termo_federaa7a3o_capixaba_de_corrida_de_aventura_8093_fcca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1992/pl_022_-_altera_a_lei_n_1.255_de_02_de_junho_de_2015_que_aprova_o_plano_municipal_de_educacao_para_o_decencio_2015-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2000/pl_023-_abertura_de_credito_especial_para_parceria_publico_privada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_024_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_025_ldo_ass.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2026/pl_026_-_acrescenta_dispositivo_na_lei_n_406.1997_que_dispoe_sobre_a_contratacao_por_tempo_determinado_pelo_municipio_de_jaguare__-es.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2027/pl_027-_autoriza_o_chefe_do_poder_executivo_municipal_a_frimar_termo_de_fomento_com_a_federacao_capichaba_de_corrida_de_aventura_-fcca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_028-_projeto_de_lei_loa_2025_-_jaguare.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2069/pl_029-_pagamento_de_valor_adicional_aos_servidore_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_030_-_abrir_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2070/pl_031_-_alteracao_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2072/pl_032_-_dispoe_sobre_a_autorizacao_para_o_pagamento_de_valores_adicionais_com_recursos_proprios_aos_beneficiarios_do_projeto_da_lei_paulo_gustavo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2078/pl_034_-_cria_cargo_de_secretario_de_administracao_e_subsecretarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2086/pl__035-__institui_a_politica_municipal_integrada_pela_primeira_infancia_de_jaguare_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2087/pl__036-_dispoe_sobre_criacao_da_lei_de_servicos_de_inspecao_municipal_e_os_procedimenos_obrigatorios_de_inspecao_sanitaria_em_estabelecimentos_que_manipulam_e__.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2091/pl_037_-_dispoe_sobre_pagamento_de_abono_aos_profissionais_da_educacao_basica_em_efetivo_exercicio_remunerados_com_recursos_dos_70_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2092/pl_038_-_altera_a_redacao_do_artigo_4o_da_lei_municipal_no_1.697_-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2094/pl_040-_altera_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_-_041-_altera_pdm.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1901/01_requerimento_jean_correios.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1917/02_requerimento_jair.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1920/brn3c2af430bbe9_047145.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1968/requerimento_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1993/requerimento_jean_internet.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2013/requerimento_07-24.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2020/requerimento_08-.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2065/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2041/oficio_229_-_veto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1891/processo_tribunal_contas.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2064/oficio_tc_4810-2024_pref_jaguare.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2073/oficio4998-2024-1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1941/01_anteprojeto_marcelo_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1956/anteprojeto_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1985/anteprojeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1986/anteprojeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2028/reorganizacao_do_transito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2042/anteprojeto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2049/anteprojeto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1957/emenda_projeto_58-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2025/emenda_aditiva_01-2024-proj._60-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1950/emenda_modificativa_01-2024-proj._10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2033/emenda_a_lei_organica_01-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2024/emenda_supressiva_01-2024-proj._60-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1874/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1875/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1876/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1877/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1878/indicacao_05-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1879/indicacao_06-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1880/indicacao_07-2024.doc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1881/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1882/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1883/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1884/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1885/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1890/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1892/indicacao_14-2024_penha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1893/indicacao_15-2024_tiao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1894/indicacao_016-2024_-_jair.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1895/indicacao_-_junior_alves_29-02-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1896/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1897/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1898/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1899/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1900/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1902/indicacao_023-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1903/indicacao_024-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1904/indicacao_025-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1905/indicacao_026-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_027-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1907/28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1908/indicacao_029-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1910/indicacao_031-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_032-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_033-2024-_jair.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1915/indicacao_34-2024_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_35-2024_-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1914/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1922/indicacao_37-2024_jean.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1923/indicacao_38-2024_tiao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1925/indicacao_39_anexos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1926/indicacao_40-2024_junior_alves_15-03-24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1942/indicacao_41-2024-_penha.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1933/indicacao_42-2024-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1944/indicacao_43-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1945/indicacao_44-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_45-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1934/indicacao_46_2024_jair_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1935/indicacao_047-2024_jair_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1936/indicacao_48-2024_jair_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1937/indicacao_49-2024_jair_4.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1938/indicacao_50-2024_jair_5.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1939/indicacao_51-2024_tiao_semafaro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1940/indicacao_52-2024_jair_6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_53-2024_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_elizeu_54-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_elizeu_55-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1955/indicacao_elizeu_56-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1958/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1959/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1960/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1962/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1963/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1964/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1965/valdemar_indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1969/e_quebra-lomas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1970/indicacao_onibus_-_tininha.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1971/indicacaotininha_-_carteirinha_autista.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1972/68.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1973/indicacaotininha_-_revisol.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1974/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1975/indicacao_papelarias_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1976/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1979/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1987/indicacao__074-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1988/indicacao__075-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1989/indicacao_076-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1996/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1994/elizeu_indicacao_78-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1997/indicacao___i_e_c__-_15-05-24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1999/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2002/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2007/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2004/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2005/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2006/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2012/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2017/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2016/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2031/indicacao_90-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2035/91_indicacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2037/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2039/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2043/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2044/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2046/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2047/indicacao_97-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2052/indicacao_30-09_biometria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2056/jair_indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2057/jair_indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2058/jair_indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2059/jair_indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2062/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2063/indicacao_104-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2066/indicacao_105-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2075/indicacao_106-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2040/1_-_jaguare_-_plano_de_acao_-_analise_secult_-_final.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_rotary.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1995/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2011/elizeu_-_mocao_03-06.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1943/projeto__decreto-contas_marcos_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2008/projeto_de_decreto_02-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2074/projeto_de_decreto_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2079/projeto_de_decreto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_decreto_05-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2081/projeto_de_decreto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2082/projeto_de_decreto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2083/projeto_de_decreto_08-2024_-_ademir_vieira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2084/projeto_de__decreto_09-2024-marcos_antonio_guerra_wandermurem.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2085/projeto_de_decreto_10-2024-biografia_roger_gozzer_cimadon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_decreto_11-2024-biografia_juvercino.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_decreto_12-2024-biografia_edson_soprani.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_decreto_13-2024-biografia_tulio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2036/emenda_a_lei_organica_01-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2077/pl_033_-_subprocurador.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2093/pl_039_-_estruturacao_da_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1872/projeto_lei_legislativo_1-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1873/projeto_de_lei_legislativo_-_01_penha.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1916/projeto_de_lei_03-_2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1921/projeto_legislativo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1924/prejeto_de_lei_-005-2024_-_nome_de_rua_auiria_marcelo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_de_lei_06-24.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_lei_07-_2024_tininha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1967/prejeto_de_lei_nome_da_quadra_de_esportes_paulo_bartolomeo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2009/projeto_de_lei_09-_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2010/projeto_de_lei_10-_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2014/projeto_de_lei_legislativo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2015/projeto_de_lei_12-_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2019/projeto_de_lei_13-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2023/projeto_de_lei_legislativo_14.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_legislativo_015-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2030/prejeto_de_lei_legislativo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2032/projeto_de_lei_legislativo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2034/projeto_de_lei_18-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2038/projeto_de_lei_legislativo_19-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2045/projeto_de_lei_20-_2024_elizeu.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2048/projeto_de_lei_legislativo_n021-2024.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2050/projeto_de_lei_legislativo_022-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2053/projeto_de_lei_23-_2024_elizeu.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2055/projeto_de_lei__24-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2060/pl_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2061/projeto_de_lei_legislativo_026-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2067/projeto_de_lei_legislativo_27-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2071/projeto_de_lei_legislativo_028-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2076/projeto_de_lei_legislativo_029-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1886/pl_001_-_autoriza_desapropriar_imovel_destinado_a_construcao_da_praca_da_comunidade_do_palmito_e_abrir_credito_especial_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1887/pl_002_-_altera_a_lei_682_-2006_e_amplia_cargos_assistencia_social_gpi.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1888/pl_003_-_revoga_leis_beneficios_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1889/pl_004_-_institui_o_programa_nascentes_vivas_-_cada_nascente_conta_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1927/pl_005_-_termo_de_fomento_renascer.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1928/pl_006_-_autoriza_o_chefe_do_executivo_municipal_a_firmar_termo_de_fomento_com_o_movimento_de_educacao_promocional_do_espirito_santo_-_mepes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1929/pl__007_-_autoriza_firmar_termo_de_fomento_com_a_associacao_pestalozzi_de_jaguare_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1930/pl_008_-altera_a_redacao_do_artigo_9_da_lei_municipal_n_678_2006.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_009_-_credito_especial_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1932/pl_010_-_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_corrego_do_palmito_municipio_de_jaguarees__a_empresa_a.c.p._industria_de_moveis_ltda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1951/pl_011_-_altera_a_lei_n_1000_de_2012_para_criar_gratificacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1952/pl_012_-_lei_micro_e_pequena_empresa_vf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1966/pl_013_-__institui_o_novo_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1977/pl_014-_dispoe_sobre_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1978/pl_015-_altera_lei_918_de_2011_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1980/pl_016_-_altera_a_redacao_do_art._8_da_lei_n_1739-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1981/pl__017_-_dispoe_sobre_a_faixa_nao_edificavel_na_rodovia_governador_mario_covas_br-101_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1982/pl_018_-_termo_de_colaboracao_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1983/pl_019_-_termo_de_colaboracao_lar_dos_velhinhos.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1990/pl_020_-_autoriza_o_chefe_do_executivo_municipal_a_receber_em_doacao_area_de_terra_da_associacao_de_produtores_rurais_de_jaguare_e_regiao_aprojar_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1991/pl_021_-_termo_federaa7a3o_capixaba_de_corrida_de_aventura_8093_fcca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1992/pl_022_-_altera_a_lei_n_1.255_de_02_de_junho_de_2015_que_aprova_o_plano_municipal_de_educacao_para_o_decencio_2015-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2000/pl_023-_abertura_de_credito_especial_para_parceria_publico_privada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2001/pl_024_-_autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_e_celebrar_termo_de_fomento_com_a.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2003/pl_025_ldo_ass.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2026/pl_026_-_acrescenta_dispositivo_na_lei_n_406.1997_que_dispoe_sobre_a_contratacao_por_tempo_determinado_pelo_municipio_de_jaguare__-es.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2027/pl_027-_autoriza_o_chefe_do_poder_executivo_municipal_a_frimar_termo_de_fomento_com_a_federacao_capichaba_de_corrida_de_aventura_-fcca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2054/pl_028-_projeto_de_lei_loa_2025_-_jaguare.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2069/pl_029-_pagamento_de_valor_adicional_aos_servidore_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2068/pl_030_-_abrir_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2070/pl_031_-_alteracao_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2072/pl_032_-_dispoe_sobre_a_autorizacao_para_o_pagamento_de_valores_adicionais_com_recursos_proprios_aos_beneficiarios_do_projeto_da_lei_paulo_gustavo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2078/pl_034_-_cria_cargo_de_secretario_de_administracao_e_subsecretarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2086/pl__035-__institui_a_politica_municipal_integrada_pela_primeira_infancia_de_jaguare_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2087/pl__036-_dispoe_sobre_criacao_da_lei_de_servicos_de_inspecao_municipal_e_os_procedimenos_obrigatorios_de_inspecao_sanitaria_em_estabelecimentos_que_manipulam_e__.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2091/pl_037_-_dispoe_sobre_pagamento_de_abono_aos_profissionais_da_educacao_basica_em_efetivo_exercicio_remunerados_com_recursos_dos_70_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2092/pl_038_-_altera_a_redacao_do_artigo_4o_da_lei_municipal_no_1.697_-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2094/pl_040-_altera_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_-_041-_altera_pdm.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1901/01_requerimento_jean_correios.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1917/02_requerimento_jair.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1920/brn3c2af430bbe9_047145.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1968/requerimento_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1993/requerimento_jean_internet.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1998/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2013/requerimento_07-24.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2020/requerimento_08-.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2065/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2041/oficio_229_-_veto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/1891/processo_tribunal_contas.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2064/oficio_tc_4810-2024_pref_jaguare.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2024/2073/oficio4998-2024-1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="246.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="245.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>