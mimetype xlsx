--- v0 (2026-02-05)
+++ v1 (2026-03-26)
@@ -54,2626 +54,2626 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Legislativo</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, CLAUDIO SANTOS GOMES - DUNGA, ELIZEU RIBEIRO, EUDIMARCOS GOMES RIBEIRO - KRANIO, RANGELICA DE SOUZA ROSATO COSME, RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2138/anteprojeto_de_lei_fia.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2138/anteprojeto_de_lei_fia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  A POLÍTICA PÚBLICA DE ATENDIMENTO AOS  DIREITOS DA CRIANÇA E DO ADOLESCENTE, DO CONSELHO MUNICIPAL DE DIREITOS DA CRIANÇA E ADOLESCENTE,  DO CONSELHO TUTELAR E DO FUNDO DA INFÂNCIA E ADOLESCÊNCIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2262/anteprojeto_no_02_-_ricardo_barros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2262/anteprojeto_no_02_-_ricardo_barros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SEMANA MUNICIPAL DE PREVENÇÃO DE ACIDENTES COM ANIMAIS PEÇONHENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LUIZ CARMO DONDONI</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2263/anteprojeto_carmim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2263/anteprojeto_carmim.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO FISCAL PARA DONATÁRIOS OU PATROCINADORES DAS EQUIPES DE FUTEBOL AMADOR E DE BASE DO MUNICIPIO DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2276/anteprojeto_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2276/anteprojeto_elizeu.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO AOS APICULTORES NO MANEJO DE ABELHAS EM PERÍMETRO URBANO, COM CAPACITAÇÃO DE VOLUNTÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2306/anteprojeto_no005.2025_-_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2306/anteprojeto_no005.2025_-_jean.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE MONITORIZAÇÃO CONTÍNUA DA GLICOSE AOS MUNÍCIPES BENEFICIÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>PRETO QUEIROZ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2284/emenda_aditiva_pll_34_4.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2284/emenda_aditiva_pll_34_4.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Legislativo 034/2025.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>EMESU</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2285/emenda_substitutiva_pll_34_5.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2285/emenda_substitutiva_pll_34_5.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva ao Projeto de Lei Legislativo 034/2025.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_-_01-2025_-_elizeu_ribeiro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_-_01-2025_-_elizeu_ribeiro.pdf</t>
   </si>
   <si>
     <t>I – buscar esforços para alteração do fluxo de transito da rua Elson Brioschi onde esta localizado o AMA, para que se torne mão unica</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, CLAUDIO SANTOS GOMES - DUNGA, ELIZEU RIBEIRO, EUDIMARCOS GOMES RIBEIRO - KRANIO, PENHA BETTIM, RANGELICA DE SOUZA ROSATO COSME, RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_02-2025_amigos_de_fibra.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_02-2025_amigos_de_fibra.pdf</t>
   </si>
   <si>
     <t>I – Autorizar o uso do espaço e a piscina da Pestalozzi neste município para os Amigos de Fibra, sem custos._x000D_
 _x000D_
 II – Contratar profissional de Educação Física e Fisioterapeuta para dar aula de hidroginástica e outras atividades correlatas aos pacientes do grupo Amigos de Fibra Jaguaré/ES.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_03-2025_-_elizeu_ribeiro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_03-2025_-_elizeu_ribeiro.pdf</t>
   </si>
   <si>
     <t>I – INSTALAÇÃO DE QUEBRA-MOLAS NA AVENIDA 09 DE AGOSTO EM FRENTE AO SICOOB</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>PENHA BETTIM</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_04-2025_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_04-2025_penha.pdf</t>
   </si>
   <si>
     <t>I – Revestimento com revsol no morro da Comunidade São Braz, estrada que dá acesso ao asfalto</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_-05-2025_-_preto_queiroz.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_-05-2025_-_preto_queiroz.pdf</t>
   </si>
   <si>
     <t>I – Providenciar a construção da cobertura da academia da praça São João do Estivado e de Água Limpa, neste município.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_06-2025_elizeu_capela.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_06-2025_elizeu_capela.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma capela mortuária no cemitério de Barra Seca, neste município.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_07-2025_elizeu_eldorado.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_07-2025_elizeu_eldorado.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma praça municipal com playground no Bairro Eldorado, neste Município.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_08-2025_-_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_08-2025_-_jean.pdf</t>
   </si>
   <si>
     <t>I – Reforma da Quadra da Comunidade Aracati.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>EUDIMARCOS GOMES RIBEIRO - KRANIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_09_2025-kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_09_2025-kranio.pdf</t>
   </si>
   <si>
     <t>I – Calçamento em frente da Igreja “Santo Expedido”, zona rural do município</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_10-2025-kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_10-2025-kranio.pdf</t>
   </si>
   <si>
     <t>I – Calçamento nas ruas de Fátima.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_11-_2025-penha_banheiros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_11-_2025-penha_banheiros.pdf</t>
   </si>
   <si>
     <t>I – Construção de banheiros feminino e masculino na quadra poliesportiva “Orlando Dondoni” na Comunidade Vargem Grande.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_12-2025-penha_unidade_saude.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_12-2025-penha_unidade_saude.pdf</t>
   </si>
   <si>
     <t>I – Construção de nova Unidade de Saúde da Comunidade São João Bosco.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_13-2025_luiz_carmo_dondoni.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_13-2025_luiz_carmo_dondoni.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR reforma e ampliação unidade de saúde da Comunidade de São João Bosco, neste município.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_14-jean_fabio.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UM CAMPO DE AREIA COM ILUMINAÇÃO E ILUMINAÇÃO DO CAMPO SOCIETY NA COMUNIDADE DO ABÓBORAS</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_15_2025-kranio.pdf</t>
+  </si>
+  <si>
+    <t>I – Disponibilizar container para depósito de lixo em pontos estratégicos nas ruas da comunidade de Fátima, Santo Antônio e São João Bosco, visando planejamento estratégico de otimização e eficiência do serviço de coleta no município.</t>
+  </si>
+  <si>
+    <t>2142</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_16-2025_penha.pdf</t>
+  </si>
+  <si>
+    <t>I – Revestimento com revsol na estrada que liga a Comunidade do Barroquinha até Valiate, passando por São João Bosco e São Judas Tadeu, neste município.</t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>VALDECIR DA SILVA</t>
+  </si>
+  <si>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2144/indicacao_17_2025-valdecir.pdf</t>
+  </si>
+  <si>
+    <t>I – Construção de infraestrutura de complexo turístico e lazer da Barragem do Jundiá, interior do município.</t>
+  </si>
+  <si>
+    <t>2160</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_28-kranio.pdf</t>
+  </si>
+  <si>
+    <t>Revestimento com Revsol em morros do Córrego Devens, na proximidade da fazenda Santa Rita e Fazenda do Olívio Altoé, zona rural do município</t>
+  </si>
+  <si>
+    <t>2161</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
     <t>JOÃO VANES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_14-jean_fabio.pdf</t>
-[...62 lines deleted...]
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_19-joaovanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_19-joaovanes.pdf</t>
   </si>
   <si>
     <t>Substituição da tradicional cesta básica por “Cartão Cesta Básica Jaguaré-ES”, destinado às famílias de baixa renda do município, proporcionando-lhes maior autonomia na aquisição de alimentos e produtos essenciais</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>RICARDO BARROS, CLAUDIO SANTOS GOMES - DUNGA, VALDECIR DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_20_v2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_20_v2.pdf</t>
   </si>
   <si>
     <t>CRIAR mecanismo cruzamento de dados entre o CRAS e o CadÚnico, para atualização de dados pelo CRAS, tanto do Bairro Novo Tempo, quanto do Seac</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_21.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_21.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO PROJETO PARA ASFALTAMENTO DA ESTRADA QUE LIGA BARROQUINHA A VALIATE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>RANGELICA DE SOUZA ROSATO COSME</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_22-rangelica.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_22-rangelica.pdf</t>
   </si>
   <si>
     <t>I – Compra de terreno para construção de uma praça municipal com playground na Comunidade do Jirau, neste Município</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_23-2025_-_rangelica_-_calcamento_sao_jose.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_23-2025_-_rangelica_-_calcamento_sao_jose.pdf</t>
   </si>
   <si>
     <t>I – Calçamento no morro da Comunidade São José, zona rural do município.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ELIZEU RIBEIRO, JEAN COSTALONGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacaocfj_-_24-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacaocfj_-_24-2025.pdf</t>
   </si>
   <si>
     <t>I – Construção de um novo Centro de Fisioterapia no município.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_-_25-2025_-_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_-_25-2025_-_penha.pdf</t>
   </si>
   <si>
     <t>I – REFORMA DO ALAMBRADO DO CAMPO DE FUTEBOL DA COMUNIDADE SÃO JOÃO BOSCO, INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_-_26-2025_-_joao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_-_26-2025_-_joao.pdf</t>
   </si>
   <si>
     <t>I – Realização de estudo técnico visando aumentar o valor do recurso destinado à aquisição de medicamentos, bem como incluir novos itens na REMUME - Relação Municipal de Medicamentos Essenciais</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_-_27-2025_-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_-_27-2025_-_ricardo.pdf</t>
   </si>
   <si>
     <t>I – Construção de 02 (dois) redutores de velocidade (quebra-molas) na Rua Aldemar Cerutti, bairro Irmã Teresa, neste município.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao-282025-valdecir.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao-282025-valdecir.pdf</t>
   </si>
   <si>
     <t>I -  Revitalização da Quadra Poliesportiva do Bairro Seac_x000D_
 II - Reforma e Ampliação da Unidade de Saúde do Bairro Seac.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_-_29-2025_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_-_29-2025_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>I – Realização de estudos técnicos objetivando a ampliação e modernização do sistema de captação, tratamento e distribuição de água no município de Jaguaré-ES.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>CLAUDIO SANTOS GOMES - DUNGA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_30-2025_-_dunga.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_30-2025_-_dunga.pdf</t>
   </si>
   <si>
     <t>I – Revestimento com Revsol em morros do Córrego Devens, na proximidade da sede da propriedade do Sr. José Aníbal até a propriedade da família Calvi, em Barra Seca Velha, zona rural do município.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_rangelica_capela_mortuaria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_rangelica_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>I – Locação do imóvel ao lado do salão da igreja, para fins de instalação de uma capela mortuária</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_32_kranio.doc</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_32_kranio.doc</t>
   </si>
   <si>
     <t>I – Revestimento com Revsol em estrada da Comunidade Barra Seca Velha, no trecho que liga a propriedade rural de Bertolino Calvi, propriedade de Adilson Luiz dos Santos até a propriedade de Idenilson Luiz dos Santos.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_033-_ricardo_barros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_033-_ricardo_barros.pdf</t>
   </si>
   <si>
     <t>I – Realização de auditoria para fiscalização da folha de pagamento das empresas terceirizadas contratadas pelo município, especialmente no que diz respeito aos salários, para verificação do cumprimento das obrigações trabalhistas, incluindo o pagamento dos salários, encargos sociais e previdenciários e outros</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_34-2025_-_valdecir.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_34-2025_-_valdecir.pdf</t>
   </si>
   <si>
     <t>I -  Calçamento das ruas que fazem cruzamento com a Rua Vovô França e Valtemar Medeiros, bem como Rua Antônia Cristina de Bona localizadas no bairro Irmã Tereza.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_35-2025_elizeu_novos_abrigos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_35-2025_elizeu_novos_abrigos.pdf</t>
   </si>
   <si>
     <t>I – Construção de novos abrigos de passageiros nos pontos de ônibus localizados nas comunidades de Barra Seca, Palmito e Palmitinho</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_36-2025_elizeu_onibus.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_36-2025_elizeu_onibus.pdf</t>
   </si>
   <si>
     <t>I – Inserção de novos horários de ônibus no transporte coletivo municipal, com atendimento à Comunidade de Barra Seca, no município de São Gabriel.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_37-2025_joao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_37-2025_joao.pdf</t>
   </si>
   <si>
     <t>I – A recuperação emergencial de calçamentos danificados após intervenções no sistema de água e esgoto, com destaque para a Rua Uirapuru, em frente ao Destacamento da Polícia Militar.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_38-2025_joao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_38-2025_joao.pdf</t>
   </si>
   <si>
     <t>VERIFICAR junto à Secretaria de Saúde e demais órgãos competentes, sobre a possibilidade de decretar o funcionamento das farmácias de Jaguaré em sistema de rodízio até às 23 horas.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_39-2025_carmin.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_39-2025_carmin.pdf</t>
   </si>
   <si>
     <t>I – Empreender esforços para criar um Centro de Atendimento ao Produtor Rural em Jaguaré/ES.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_no_040_-_valdecir.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_no_040_-_valdecir.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE POSTE DE ENERGIA ELÉTRICA DANIFICADO NA RUA BEM-TE-VI, NO BAIRRO SEAC.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_041_-_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_041_-_kranio.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NAS RUAS  DA COMUNIDADE DE FÁTIMA, BEM COMO BAIRRO VISTA I, EM JAGUARÉ-ES.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_042_-_penha_bettim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_042_-_penha_bettim.pdf</t>
   </si>
   <si>
     <t>I – 	Instalação/construção de redutor de velocidade (quebra-molas) na Rua Constante Casagrande, bairro Irmã Tereza, sede do município.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_joao_vanes_no_43.2025_-_agua_limpa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_joao_vanes_no_43.2025_-_agua_limpa.pdf</t>
   </si>
   <si>
     <t>I – Que o Executivo Municipal estude a viabilidade de transformar a barragem de Água Limpa, localizada na zona rural de Jaguaré, em uma área de lazer, piscicultura e turismo sustentável.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_44.2025_elizeu_ribeiro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_44.2025_elizeu_ribeiro.pdf</t>
   </si>
   <si>
     <t>1.	O REPARO NA BARRAGEM E A INSTALAÇÃO DE MANILHAMENTO LIGANDO A RUA PAULO PEREIRA PARDIM À RUA MENEZES, NA LOCALIDADE DE BARRA SECA;_x000D_
 2.	A TRANSFORMAÇÃO DO ANTIGO PRÉDIO DA ESCOLA, TAMBÉM SITUADO NA LOCALIDADE DE BARRA SECA, EM UM CENTRO DE CONVIVÊNCIA COMUNITÁRIA, PARA USO COLETIVO DA POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, ELIZEU RIBEIRO, EUDIMARCOS GOMES RIBEIRO - KRANIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_joao_vanes_e_elizeu_no_45.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_joao_vanes_e_elizeu_no_45.2025.pdf</t>
   </si>
   <si>
     <t>ESTUDAR a possibilidade de instalar uma tenda permanente e um palco fixo com estrutura para shows e eventos ao lado da Praça Nicolau Falcheto, em nossa cidade.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no46.2025_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no46.2025_kranio.pdf</t>
   </si>
   <si>
     <t>I – DISPONIBILIZAR VEÍCULO DA SECRETARIA MUNICIPAL DE SAÚDE DE JAGUARÉ-ES PARA FICAR À DISPOSIÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DE FÁTIMA, ZONA RURAL DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_47.2025_-_penha_bettim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_47.2025_-_penha_bettim.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA NO CAMPO DE FUTEBOL DA COMUNIDADE DE VARGEM GRANDE – ZONA RURAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_48.2025_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_48.2025_-_elizeu.pdf</t>
   </si>
   <si>
     <t>1- Contratação de Médico Geriatra para Atendimento aos idosos do Grupo Alegria.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no49__elizeu_correto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no49__elizeu_correto.pdf</t>
   </si>
   <si>
     <t>Instalação de postes com iluminação pública nos seguintes trechos da zona rural do município de Jaguaré:_x000D_
 1.	Estrada que dá acesso ao conjunto de casas no sítio do Sr. Cochinha;_x000D_
 2.	Estrada de acesso à Fazenda do Sr. Ataídes Armani;_x000D_
 3.	Estrada do Córrego Mosquito, com início nas proximidades da casa da Sra. Marleuza até a residência do Sr. Sebastião Pires.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_50_carmim_correto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_50_carmim_correto.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR:_x000D_
 a)	ALTERAÇÃO DO PROGRAMA AGROMAIS PARA CONDICIONAR AS AVALIAÇÕES DAS PROPRIEDADES RURAIS DE JAGUARÉ, CONSIDERANDO APENAS AS ÁREAS PRODUTIVAS; EXCLUINDO DA AVALIAÇÃO AS ÁREAS DE PRESERVAÇÃO PERMANENTE E ÁREA DE RESERVA LEGAL DA PROPRIEDADE MEDIANTE APRESENTAÇÃO DO CAR;_x000D_
 _x000D_
 b)	MEDIDA LEGAL PARA PADRONIZAR UM VALOR ESPECÍFICO DE AVALIAÇÃO LEVANDO POR BASE OS VALORES PRATICADOS NO ESTADO DO ESPÍRITO SANTO, E NÃO AO QUE ESTÃO SENDO CONDICIONADOS HOJE, SEM QUALQUER CRITÉRIO.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_no_51.2025_joao_vanes_quadra.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_no_51.2025_joao_vanes_quadra.pdf</t>
   </si>
   <si>
     <t>I –  Conclusão da reforma da quadra poliesportiva, com construção de banheiros na Comunidade Santa Rita de Cássia, Córrego Cachimbal.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_52.2025_agromais_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_52.2025_agromais_kranio.pdf</t>
   </si>
   <si>
     <t>I - Colocar em Prática  O PROGRAMA MUNICIPAL DE INCENTIVO AO PRODUTOR RURAL “Agro mais”, criado pela LEI Nº 1.239, DE 17 DE MARÇO DE 2015  Voltando o cadastramento através de chamamento público.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_53ricardo_barros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_53ricardo_barros.pdf</t>
   </si>
   <si>
     <t>I – Aquisição de novo veículo para o Centro de Fisioterapia do município.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_054_-_rangelica.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_054_-_rangelica.pdf</t>
   </si>
   <si>
     <t>I – Seja concedido premiação no Campeonato de Futebol Amador, compreendendo a primeira divisão o valor de R$ 10.000,00 (dez mil reais) e a segunda divisão o valor de R$ 8.000,00 (oito mil reais).</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_54_-_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_54_-_jean.pdf</t>
   </si>
   <si>
     <t>I – Retorno ao ponto de ônibus da São Gabriel em frente ao Vitor do Gás no centro da cidade.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao__joao_vanes_lista_de_beneficiarios.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao__joao_vanes_lista_de_beneficiarios.pdf</t>
   </si>
   <si>
     <t>I – Ao Chefe do Poder Executivo Municipal que avalie, por meio da Secretaria Municipal de Finanças e da Procuradoria Geral do Município, a possibilidade de antecipar ou escalonar, dentro dos limites legais e orçamentários, o pagamento de precatórios trabalhistas referentes a ex funcionários da empresa terceirizada Limp Service, que prestou serviços ao Município de Jaguaré.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_no057.2025_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_no057.2025_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>I – Solicita a inclusão de rubrica orçamentária para custeio de exames laboratoriais de crianças, idosos e pessoas carentes do Município de Jaguaré.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_no058.2025_-_ricardo_barros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_no058.2025_-_ricardo_barros.pdf</t>
   </si>
   <si>
     <t>- Revitalização das praças de lazer dos bairros Boa Vista, Seac, Novo Tempo e Irmã Tereza, em nosso município.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2302/inndicacao_no_059.2025_-_ricardo_barros.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2302/inndicacao_no_059.2025_-_ricardo_barros.pdf</t>
   </si>
   <si>
     <t>- Construção de ginásio de esportes no tamanho oficial, na sede do município.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2304/indicacao_no_060.2025_-_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2304/indicacao_no_060.2025_-_kranio.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR Reforma e ampliação da unidade de saúde da Comunidade de Fátima no Município de Jaguaré.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_no_061_-_preto_queiroz.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_no_061_-_preto_queiroz.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR Calçamento na Rua lateral do Campo de Futebol da Água Limpa, Município de Jaguaré._x000D_
 _x000D_
 II – PROVIDENCIAR Revitalização da arquibancada do Campo de Futebol da Água Limpa, Município de Jaguaré.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_no_062_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_no_062_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR Reforma geral da quadra de esportes da comunidade São Paulinho; _x000D_
 II – PROVIDENCIAR Revisol e manutenção no morro de acesso à comunidade São Paulinho; _x000D_
 III – PROVIDENCIAR Escavação e instalação de poço artesiano na Comunidade São Paulinho, neste município.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_no_063_-_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_no_063_-_kranio.pdf</t>
   </si>
   <si>
     <t>I – PROVIDENCIAR fazer projeto de caixas secas nas estradas rurais, nesse município.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_062_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_062_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>I – VIABILIZAR ESTUDOS TÉCNICOS, SEJA PELA EQUIPE DA PREFEITURA OU POR EMPRESA ESPECIALIZADA, PARA IMPLANTAÇÃO DE UM SISTEMA MUNICIPAL DE VIDEOMONITORAMENTO COMPOSTO POR CÂMERAS MODERNAS, DE ALTA RESOLUÇÃO, INSTALADAS EM PONTOS ESTRATÉGICOS DO MUNICÍPIO DE JAGUARÉ.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2164/mocao_01.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2164/mocao_01.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES na pessoa de SOPHIA OLIVEIRA SOUZA.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2176/livia_moreto_da_silva.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2176/livia_moreto_da_silva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES na pessoa de LÍVIA MORETO DA SILVA.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2177/mocao_-3-2025_-_josias_de_oliveira_dias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2177/mocao_-3-2025_-_josias_de_oliveira_dias.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES na pessoa de JOSIAS DE OLIVEIRA DIAS, proprietário do Haras Milena, localizado no município de Guarapari/ES, pelo ato de generosidade e compromisso social demonstrado em favor da inclusão e do bem-estar de pessoas com deficiência</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, CLAUDIO SANTOS GOMES - DUNGA, ELIZEU RIBEIRO, EUDIMARCOS GOMES RIBEIRO - KRANIO, JEAN COSTALONGA, LUIZ CARMO DONDONI, PENHA BETTIM, PRETO QUEIROZ, RANGELICA DE SOUZA ROSATO COSME, RICARDO BARROS, VALDECIR DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_de_aplausos_emilly.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_de_aplausos_emilly.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a Senhorita EMILLY CORREIA MARQUETTI em reconhecimento à sua exemplar trajetória acadêmica e à conquista da medalha de prata na International Talent Mathematics Contest (ITMC) 2025, realizada em Bangkok, Tailândia.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2260/mocao_de_aplausos_rangelica.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2260/mocao_de_aplausos_rangelica.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Jordã Dondoni Tonini, pela conquista do prêmio da categoria Brasil na 43º Edição da Independência – Enduro da Regularidade.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2269/mocao_no_006_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2269/mocao_no_006_ricardo.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO DE APLAUSOS a Banda Musical Municipal de Jaguaré, carinhosamente conhecida como BAMMUJA, pois é um dos maiores orgulhos _x000D_
 culturais do nosso município.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_007_dunga.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_007_dunga.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO DE APLAUSOS ao Campeão do Campeonato Municipal de Futebol Amador – 2ª Divisão, Categoria Aspirante, edição 2025 pela equipe Portuguesa da Comunidade de Santa Maria Gorete.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_008.2025_elizeu_ribeiro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_008.2025_elizeu_ribeiro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. ELCIANE MACEDO DOS ANJOS, em reconhecimento à sua destacada contribuição à cultura, à educação e ao desenvolvimento social do Município de Jaguaré, por meio da Capoeira.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_no_009_time_camisinha_-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_no_009_time_camisinha_-_ricardo.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO DE  APLAUSOS ao Camisinha Futebol Clube.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_no_010_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_no_010_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos atletas e à comissão técnica das equipes Sub 11, Sub 13 e Sub 15 de Jaguaré, que se destacaram com excelência nas competições regionais realizadas em 2025.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_no_011_-_joao_vanes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_no_011_-_joao_vanes.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO DE HOMENAGEM à Obra Social Agenor Biancardi.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2328/voto_de_aplausos_no_12.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2328/voto_de_aplausos_no_12.2025.pdf</t>
   </si>
   <si>
     <t>VOTO DE MOÇÃO à Policia Civil, Policia Militar e Polícia Penal.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2333/mocao_joao_vanes_no_013.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2333/mocao_joao_vanes_no_013.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES Isabelli Vitória da Silva Hupp, pelo destaque no esporte, na modalidade Karatê.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2334/mocao_joao_vanes_no_014.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2334/mocao_joao_vanes_no_014.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES para Davi Lucas Hupp, pelo destaque no esporte, na modalidade Karatê.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2148/2022_-_projeto__decreto-contas_2022_marcos.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2148/2022_-_projeto__decreto-contas_2022_marcos.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2022</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2221/projeto_de_decreto_002.2025_-titulo_cidadao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2221/projeto_de_decreto_002.2025_-titulo_cidadao.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO JAGUARENSE."</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_decreto_no_03_medalha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_decreto_no_03_medalha.pdf</t>
   </si>
   <si>
     <t>“CONCEDE “MEDALHA PROFESSORA EUNICE LUIZA MOSCON DAGOSTINI”.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>JEAN COSTALONGA, CLAUDIO SANTOS GOMES - DUNGA, EUDIMARCOS GOMES RIBEIRO - KRANIO</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_decreto_contas_2023.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_decreto_contas_2023.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE JAGUARÉ-ES - REFERENTE AO EXERCÍCIO DE 2023.”</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_decreto_no_05.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_decreto_no_05.2025.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO HONORÍFICO DE CIDADÃO JAGUARENSE.”</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_decreto_no_06.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_decreto_no_06.2025.pdf</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_decreto_no_07.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_decreto_no_07.2025.pdf</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_001-2025_mesa_diretora.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_001-2025_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO DA LEI Nº 735, DE 19 DE OUTUBRO DE 2007 E EXTINGUE CARGO COMISSIONADO DA ESTRUTURA ADMINISTRATIVA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_002-2025_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_002-2025_-_elizeu.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA DE LAZER DA COMUNIDADE DO PALMITO, NO MUNICÍPIO DE JAGUARÉ-ES, COMO PRAÇA: “ALFONSO ZANELATO” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_003-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 814 de 11 de maio de 2009, e dá outras providências</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_de_lei_004-2025_alterado_procon.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_de_lei_004-2025_alterado_procon.pdf</t>
   </si>
   <si>
     <t>CRIA O PROCON LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_legislativo_no_5_de_2025_-_rangelica.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_legislativo_no_5_de_2025_-_rangelica.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “JESUÍNO SESSA”, localizado na Rua Projetada C, Bairro Loteamento Vila Romana, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_legislativo_no_6_de_2025_-_rangelica.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_legislativo_no_6_de_2025_-_rangelica.pdf</t>
   </si>
   <si>
     <t>Denomina Rua “ENGENHEIRO JESUÍNO SESSA FILHO”, localizado na Rua Projetada I, Bairro Mata Atlântica, Loteamento Eldorado, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_lei_legislativo-07-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_lei_legislativo-07-2025.pdf</t>
   </si>
   <si>
     <t>Denomina no das Ruas ISMAEL FERNANDES e CONCEIÇÃO BARBOSA FERNANDES, no Loteamento Martins, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_08-2025_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_08-2025_penha.pdf</t>
   </si>
   <si>
     <t>DENOMINA “JOÃO JOSÉ DO NASCIMENTO”, O CAMPO DE FUTEBOL DA COMUNIDADE SÃO JOÃO BOSCO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_09-2025_estrutura_procon_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_09-2025_estrutura_procon_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 741, DE 19 DE DEZEMBRO DE 2007, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_10-2025_penha.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_10-2025_penha.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ONOFRE PESSIN”, A UNIDADE DE SAÚDE DO BAIRRO NOVO TEMPO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2201/projeto_de_lei-_11-2025_varios_nomes_de_ruas_do_municipio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2201/projeto_de_lei-_11-2025_varios_nomes_de_ruas_do_municipio.pdf</t>
   </si>
   <si>
     <t>Denomina as Ruas do Município de Jaguaré-ES e dá outras providências</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_legislativo_no012.2025_elizeu_ribeiro.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_legislativo_no012.2025_elizeu_ribeiro.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO RURAL DE JAGUARÉ, COM SEDE NO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2204/pl_claudio_13-2025_nome_da_unidade_de_saude_riviera.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2204/pl_claudio_13-2025_nome_da_unidade_de_saude_riviera.pdf</t>
   </si>
   <si>
     <t>Denomina a UNIDADE DE SAÚDE DO BAIRRO RIVIERA DE “VIRGÍLIO TREVIZAN”, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2208/pl_claudio_14-2025_nome_da_unidade_de_caps.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2208/pl_claudio_14-2025_nome_da_unidade_de_caps.pdf</t>
   </si>
   <si>
     <t>DENOMINA O CENTRO DE ATENÇÃO PSICOSSOCIAL DO BAIRRO RIVIERA DE “CLAUDIONOR TREVISAN”, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_legislativo_no_15.2025_-_mesa_diretora.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_legislativo_no_15.2025_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.844 DE 11 DE JUNHO DE 2025, QUE DENOMINA AS RUAS DO MUNICÍPIO DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_elizeu_16-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_elizeu_16-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO E FUNCIONAMENTO DOS ESCRITÓRIOS VIRTUAIS, COWORKINGS E ASSEMELHADOS NO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_no_17.2025_kranio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_no_17.2025_kranio.pdf</t>
   </si>
   <si>
     <t>DENOMINA “OCLARINDO ZANETE ALTOÉ”, A PRAÇA DE LAZER DA COMUNIDADE DE FÁTIMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2226/projeto_legislativo_no18_mesa_diretora.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2226/projeto_legislativo_no18_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PROJETO GALERA DO BEM, COM SEDE NO MUNICÍPIO DE JAGUARÉ-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_lei_no_19.2025_correto.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_lei_no_19.2025_correto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO, FIXAÇÃO E REGULAMENTAÇÃO DE DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE JAGUARÉ/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_legislativo_-_mesa_diretora_20-2025_plano_de_cargos_e_carreiras_-_conferido_-01-09.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_legislativo_-_mesa_diretora_20-2025_plano_de_cargos_e_carreiras_-_conferido_-01-09.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2231/pl_21-2025_ouvidoria_e_procuradoria_da_mulher_-_mesa_diretora_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2231/pl_21-2025_ouvidoria_e_procuradoria_da_mulher_-_mesa_diretora_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA ESPECIAL DA MULHER E DA OUVIDORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_de_lei_no22.2025_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_de_lei_no22.2025_-_elizeu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade de Saúde do bairro Boa Vista, no município de Jaguaré – ES, e dá outras providências.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_lei_legislativo_no23.2025_valdecir_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_lei_legislativo_no23.2025_valdecir_.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REMOCÃO DE VEÍCULOS ABANDONADOS OU ESTACIONADOS EM VIAS PÚBLICAS DO MUNICÍPIO EM SITUACÃO QUE CARACTERIZE SEU ABANDONO E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>JOÃO VANES DOS SANTOS, CLAUDIO SANTOS GOMES - DUNGA, ELIZEU RIBEIRO, EUDIMARCOS GOMES RIBEIRO - KRANIO, JEAN COSTALONGA, LUIZ CARMO DONDONI, PRETO QUEIROZ, RICARDO BARROS</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_no_24.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_no_24.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA MUNICIPAL DAS FORÇAS DE SEGURANÇA” NO ÂMBITO DO MUNICÍPIO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>CLAUDIO SANTOS GOMES - DUNGA, RANGELICA DE SOUZA ROSATO COSME</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2246/projeto_de_lei_no025.2025_-_rangelica_e_dunga.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2246/projeto_de_lei_no025.2025_-_rangelica_e_dunga.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE O CENTRO DE ESPECIALIDADES MÉDICAS NO BAIRRO BOA VISTA II DE “DOMINGAS MARINHO DE BACKER”, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_no026_-_rangelica_e_dunga.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_no026_-_rangelica_e_dunga.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE A UNIDADE MISTA DE INTERNAÇÃO NO CENTRO DE MARDOQUE WANDERMUREM, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_27-2025-_licitacao_e_compras_2.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_27-2025-_licitacao_e_compras_2.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 741, DE 19 DE DEZEMBRO DE 2007, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_028.2025_joao_vanes_subsidio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_028.2025_joao_vanes_subsidio.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Câmara Municipal de Jaguaré - ES a destinar o excedente do subsídio parlamentar, resultante de aumento rejeitado pelo(a) vereador(a) em seu posicionamento de voto, à entidade social ou educacional indicada pelo parlamentar, e dá outras providências."</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2271/projeto_legislativo_no_029__-_mesa_diretora.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2271/projeto_legislativo_no_029__-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS COM PASAGENS AÉREAS, NO _x000D_
 AMBITO DA CÂMARA MUNICIPAL DE JAGUARÉ/ES.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2272/projeto_de_lei_legislativo_no_030_-__ricardo_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2272/projeto_de_lei_legislativo_no_030_-__ricardo_.pdf</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2273/projeto_de_lei_no_031_-_reestruturacao..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2273/projeto_de_lei_no_031_-_reestruturacao..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2274/projeto_de_lei_no_032_-_mesa_diretora.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2274/projeto_de_lei_no_032_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI Nº 1.815, DE 08 DE ABRIL DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_legislativo_no_033.2025_-_carmim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_legislativo_no_033.2025_-_carmim.pdf</t>
   </si>
   <si>
     <t>“Denomina nome a PRAÇA BALBINA ROSA DE OLIVEIRA localizada na Comunidade do São João Bosco (18), Município de Jaguaré, ES.”</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_legislativo_no_034.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_legislativo_no_034.2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.879, de 02 de outubro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_035-2025_-_kranio_internet.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_035-2025_-_kranio_internet.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “Conectividade rural” – Internet e Sinal de Celular no Campo, no âmbito do município de Jaguaré-ES, e dá outras providências.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_no_036.2025_-_elizeu.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_no_036.2025_-_elizeu.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA DE JAGUARÉ - COMSEJ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2289/projeto_de_lei_no_037.2025_-_carmim.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2289/projeto_de_lei_no_037.2025_-_carmim.pdf</t>
   </si>
   <si>
     <t>“Denomina nome ao CAMPO DE FUTEBOL BOA VISTA como ARENA ESPORTIVA CIPRIANO COCCO NETO “PIANO” localizado no bairro Boa Vista, Município de Jaguaré, ES.”</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2299/projeto_de_lei_legislativo_no038_-_ricardo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2299/projeto_de_lei_legislativo_no038_-_ricardo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE QUE O MUNICÍPIO DE JAGUARÉ-ES DISPONIBILIZARÁ CÓDIGO DE BARRAS BIDIMENSIONAL QUICK RESPONSE (QR CODE) NAS PLACAS DE _x000D_
 OBRAS PÚBLICAS EXECUTADAS POR SUA ADMINISTRAÇÃO DIRETA E ADMINISTRAÇÃO INDIRETA OU POR EMPRESAS TERCEIRIZADAS.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_legislativo_no_039__-_jean.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_legislativo_no_039__-_jean.pdf</t>
   </si>
   <si>
     <t>DENOMINA “MARIA GUILHERME DE SOUZA” A UNIDADE DE SAÚDE DA COMUNIDADE DO PALMITO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_resolucao_n_1-2025_regimeto_interno.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_resolucao_n_1-2025_regimeto_interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Regimento Interno da Câmara Municipal de Jaguaré/ES</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_resolucao_02.2025_medalha_de_honraria_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_resolucao_02.2025_medalha_de_honraria_.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “MEDALHA PROFESSORA EUNICE LUIZA MOSCON DAGOSTINI” NO ÂMBITO DA CÂMARA MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>PMJ</t>
   </si>
   <si>
     <t>Projeto Executivo Municipal</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Jaguaré - PMJ</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2097/pl_001_-_2025_que_altera_art_7_da_lc_1.102-2013_-_dispoe_sobre_autorizacao_para_criacao_do_condominio_empresarial_no_distrito_de_barra_seca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2097/pl_001_-_2025_que_altera_art_7_da_lc_1.102-2013_-_dispoe_sobre_autorizacao_para_criacao_do_condominio_empresarial_no_distrito_de_barra_seca.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICA DA LEI COMPLEMENTAR Nº 1.102, DE 21 DE OUTUBRO DE 2013, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA CRIAÇÃO DO  CONDOMÍNIO EMPRESARIAL NO DISTRITO DE BARRA SECA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2098/pl_002_-_2025__departamento_de_comunicacao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2098/pl_002_-_2025__departamento_de_comunicacao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 726, de 2 de outubro de 2007, que dispõe sobre a organização administrativa do Município de Jaguaré-ES, cria _x000D_
 cargos em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2099/pl_003_-_2025_-_doacao_de_terreno_taki.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2099/pl_003_-_2025_-_doacao_de_terreno_taki.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À TAKI SUPERMERCADOS _x000D_
 LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_004_-_2025_doacao_de_terreno_luck.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_004_-_2025_doacao_de_terreno_luck.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À LUCK LOGISTICA LTDA E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_005_-_2025_que_altera_art_99_da_lc_683-2006_-_2_1_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_005_-_2025_que_altera_art_99_da_lc_683-2006_-_2_1_1.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICA DA LEI COMPLEMENTAR Nº 683, DE 15 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO, DAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS MUNICIPAIS DE QUALQUER DE SEUS PODERES E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_006_-_2025_chefe_de_unidade_secretaria_de_assistencia_social_transportes_e_consultor_tecnico_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_006_-_2025_chefe_de_unidade_secretaria_de_assistencia_social_transportes_e_consultor_tecnico_1.pdf</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2103/pl_007-2025_que_altera_paragrafo_1_do_art_1_da_lei_501-2001_-_dispoe_sobre_concessao_de_auxilio-alimentacao_-_reajuste.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2103/pl_007-2025_que_altera_paragrafo_1_do_art_1_da_lei_501-2001_-_dispoe_sobre_concessao_de_auxilio-alimentacao_-_reajuste.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICA DA LEI Nº 501, DE 19 DE MARÇO DE 2001, QUE DISPÕE SOBRE CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2104/pl_008_-_2025__departamento_de_licitacoes_e_compras_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2104/pl_008_-_2025__departamento_de_licitacoes_e_compras_.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 726, de 2 de outubro de 2007, que dispõe sobre a organização administrativa do Município de Jaguaré-ES, cria _x000D_
 cargos em comissão e dá outras providências</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2105/pl_009-2025_dispoe_sobre_doacao_com_encargo_de_etrreno_localizado_no_condomio_empresarial_de_barra_seca_a_alpes_engenharia_eireli_e_da_outas_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2105/pl_009-2025_dispoe_sobre_doacao_com_encargo_de_etrreno_localizado_no_condomio_empresarial_de_barra_seca_a_alpes_engenharia_eireli_e_da_outas_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À ALPES ENGENHARIA _x000D_
 EIRELI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_010-2025_dispoe_sobre_doacao_com_encargos_de_terreno_localizado_no_condomio_empresarial_de_barra_seca_a_mcn.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_010-2025_dispoe_sobre_doacao_com_encargos_de_terreno_localizado_no_condomio_empresarial_de_barra_seca_a_mcn.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À M C N FABRICAÇÃO _x000D_
 MONTAGEM E SERVIÇOS LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_011-2025_-_diarias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_011-2025_-_diarias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_012-2025_-_dispoe_sobre_a_desafetacao_da_rua_joao_dos_santos_e_de_remenbramento_de_quadras_do_loteamento_denominado_mata_atlantica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_012-2025_-_dispoe_sobre_a_desafetacao_da_rua_joao_dos_santos_e_de_remenbramento_de_quadras_do_loteamento_denominado_mata_atlantica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação da Rua João dos Santos e de remembramento de quadras do Loteamento denominado Mata Atlântica e providências</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_013-2025_-_cria_o_conselho_municipal_de_desenvolvimento_rural_do_municipio_de_jaguare_-es.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_013-2025_-_cria_o_conselho_municipal_de_desenvolvimento_rural_do_municipio_de_jaguare_-es.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Desenvolvimento Rural do Município de Jaguaré - ES, e dá outras providências</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_014-2025_-_dispoe_sobre_doacao_com_engargos_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_empresa_nutra_fertilizantes_ltda_e_da_outras_providencias_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_014-2025_-_dispoe_sobre_doacao_com_engargos_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_empresa_nutra_fertilizantes_ltda_e_da_outras_providencias_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre doação, com encargo, de terreno localizado no Condomínio Empresarial de Barra Seca à empresa Nutra Fertilizantes Ltda e dá outras providências</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_015-2025_-_altera_art.13_da_lei_472__de_02_de_marco_de_2000_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_015-2025_-_altera_art.13_da_lei_472__de_02_de_marco_de_2000_.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 472, DE 02 DE MARÇO DE 2000, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_016-2025_-_aletra_anexo_unico_da_lei_671_de_17_de_outubro_de_2006.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_016-2025_-_aletra_anexo_unico_da_lei_671_de_17_de_outubro_de_2006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI Nº 671 DE 17 DE OUTUBRO DE 2006, QUE DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E VENCIMENTOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE JAGUARÉ – ES, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_017-2025_-autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_para_custear_despesas_com_materiais_bens_ou_servicos_de_distribuicao_gratuita_pela_secretaria_municipa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_017-2025_-autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_para_custear_despesas_com_materiais_bens_ou_servicos_de_distribuicao_gratuita_pela_secretaria_municipa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS COM MATERIAIS, BENS OU SERVIÇOS DE _x000D_
 DISTRIBUIÇÃO GRATUITA PELA SECRETARIA MUNICIPAL DE TURISMO DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_018-2025_-altera_dispositivos_da_lei_no_1.744_de_23_de_abril_de_2024_que_institui_o_plano_diretor_municipal_pdm_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_018-2025_-altera_dispositivos_da_lei_no_1.744_de_23_de_abril_de_2024_que_institui_o_plano_diretor_municipal_pdm_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.744, de 23 de abril de 2024, que institui o Plano Diretor Municipal (PDM), e dá outras providências</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_019-2025_-_altera_lei_diarias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_019-2025_-_altera_lei_diarias.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.798, DE 27 DE FEVEREIRO DE 2025, QUE DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_020-2025_-_programa_de_qualidade_do_cafe_conilon_1.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_020-2025_-_programa_de_qualidade_do_cafe_conilon_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA  MUNICIPAL DE QUALIDADE DO CAFÉ CONILON E PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_021-2025_-_altera_dispositivo_da_lei_n1700_de_04_de_setembro_de_2023_que_dispoe_sobre_a_regularizacoa_fundiaria_no_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_021-2025_-_altera_dispositivo_da_lei_n1700_de_04_de_setembro_de_2023_que_dispoe_sobre_a_regularizacoa_fundiaria_no_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1700, de 04 de setembro de 2023, que dispõe sobre a Regularização Fundiária no município de Jaguaré</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2145/pl_022-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_de_abrir_credito_especial_para_custear_despesas_de_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2145/pl_022-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_de_abrir_credito_especial_para_custear_despesas_de_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS DE SUBVENÇÕES SOCIAIS PELA SECRETARIA MUNICIPAL DE SAÚDE DE JAGUARÉ-ES</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2146/pl_023-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2146/pl_023-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS DE SUBVENÇÕES SOCIAIS PELA SECRETARIA MUNICIPAL DE SAÚDE DE JAGUARÉ-ES -</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_024-2025_-_altera_a_lei_1.608_de_08_de_abril_de_2022_que_dispoe_sobre_a_vigencia_e_prazo_de_encaminhamento_do_plano_plurianual_-_ppa_da_lei_de_diretrizes_orcamentarias_-_ldo_-_e_da_lei_orca.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_024-2025_-_altera_a_lei_1.608_de_08_de_abril_de_2022_que_dispoe_sobre_a_vigencia_e_prazo_de_encaminhamento_do_plano_plurianual_-_ppa_da_lei_de_diretrizes_orcamentarias_-_ldo_-_e_da_lei_orca.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.608, DE 08 DE ABRIL DE 2022, QUE DISPÕE SOBRE A VIGÊNCIA E PRAZO DE ENCAMINHAMENTO DO PLANO PLURIANUAL - PPA, _x000D_
 DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO - E DA LEI ORÇAMENTÁRIA ANUAL - LOA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_025_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_025_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei nº 1.793, de 26 de Fevereiro de 2025 que dispõe sobre doação, com encargo, de terreno localizado no condomínio empresarial de barra seca à taki supermercados ltda e dá outras providências</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_026_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_026_-_2025.pdf</t>
   </si>
   <si>
     <t>REVERTE IMÓVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_027_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_027_-_2025.pdf</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2152/pl_028_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2152/pl_028_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei nº 1.739, de 15 de abril de 2024 que dispõe sobre doação, com encargo, de terreno localizado no córrego do palmito, _x000D_
 município de Jaguaré/ES a empresa A.C.P. Indústria de Móveis LTDA e dá outras providências</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2153/pl_029_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2153/pl_029_-_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À FRUTAS SOLO AGROINDUSTRIA LTDA E PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2154/pl_030_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2154/pl_030_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 3º na Lei nº 1.808, de 10 de março de 2025 que dispõe sobre doação, com encargo, de terreno localizado no Condomínio _x000D_
 Empresarial de Barra Seca à empresa Nutra Fertilizantes Ltda e dá outras providências</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2155/pl_031_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2155/pl_031_-_2025.pdf</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2156/pl_032_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2156/pl_032_-_2025.pdf</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_033_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_033_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º NA LEI Nº 1.790 DE 26 DE FEVEREIRO DE 2025 QUE DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO OCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À ALPES ENGENHARIA EIRELI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_034_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_034_-_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º NA LEI Nº 1.788 DE 26 DE FEVEREIRO DE 2025 QUE DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À M C N FABRICAÇÃO MONTAGEM E SERVIÇOS LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_035_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_035_-_2025.pdf</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2166/pl_036_-_2025_-_fomento_-_mepes.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2166/pl_036_-_2025_-_fomento_-_mepes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a firmar Termo de Fomento com o Movimento de Educação Promocional do Espírito Santo - MEPES, e dá outras providências</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2167/pl_037_-_2025_fomento_-_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2167/pl_037_-_2025_fomento_-_pestalozzi.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2168/pl_038_-_2025_termo_de_fomento.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2168/pl_038_-_2025_termo_de_fomento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a firmar Termo de Fomento com a Associação dos Criadores de Cavalo Manga Larga Marchador do Espírito Santo (ACCMMES)</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2178/pl_039_-_2025_altera_lei_doacao1663-23.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2178/pl_039_-_2025_altera_lei_doacao1663-23.pdf</t>
   </si>
   <si>
     <t>Acrescenta incisos IV e V à Lei nº 1.663 de 09 de março de 2023 que dispõe sobre a criação de incentivos fiscais para instalação, expansão e desenvolvimento econômico empresarial no território do município de Jaguaré – ES, e dá outras providências</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2179/pl_040-_cria_cargo_na_secretaria_de_saude.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2179/pl_040-_cria_cargo_na_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 726, de 2 de outubro de 2007, que dispõe sobre a organização administrativa do Município de Jaguaré-ES, cria cargos em comissão e dá outras providências</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2180/pl_041-2025_cria_cargo_controladoria.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2180/pl_041-2025_cria_cargo_controladoria.pdf</t>
   </si>
   <si>
     <t>Cria cargo em comissão, altera a Lei Complementar nº 969, de 27 de dezembro de 2011, e dá outras providências</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_042-2025_reajuste_vencimentos_do_magisterio_publico_municipal.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_042-2025_reajuste_vencimentos_do_magisterio_publico_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS NÍVEIS I, II, III, IV E V, DA TABELA DE VENCIMENTOS DO MAGISTÉRIO PÚBLICO  MUNICIPAL, PREVISTA NO ANEXO III, DA LEI COMPLEMENTAR  MUNICIPAL Nº 673, DE 31 DE OUTUBRO DE 2006, E DÁ OUTRAS  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_043-2025_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_043-2025_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEINº918, DE16DEMARÇODE2011,QUEDISPÕE  SOBRE A CRIAÇÃO DOS CARGOS DE DIRETOR ESCOLAR,  COORDENADOR DE TURNO E COORDENADOR DE PROJETOS  EDUCACIONAIS E DÁOUTRASPROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_044_-_2025_saude_-_gratificacao_funcionarios.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_044_-_2025_saude_-_gratificacao_funcionarios.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Secretaria Municipal de Saúde de Jaguaré-ES, a forma de pagamento do componente de qualidade para as Equipes de Saúde da Família, Equipes de Saúde Bucal, Equipes de Atenção Primária e Equipe Multiprofissionais na Atenção Primária à Saúde no âmbito do Sistema Único de Saúde - SUS, conforme Portaria GM/MS n° 3.493, de 10 de abril de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2192/pl_045-2025_-_altera_art_1_da_lei_1.834.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2192/pl_045-2025_-_altera_art_1_da_lei_1.834.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Municipal nº 1.834, de 19 de maio de 2025, para corrigir o percentual de progressão entre os níveis de classe na tabela de vencimentos dos servidores do Magistério Municipal</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2199/pl_046-2025_dispoe_sobre_o_plano_plurianual__ppa_para_o_quadrienio_de_2026-2029_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2199/pl_046-2025_dispoe_sobre_o_plano_plurianual__ppa_para_o_quadrienio_de_2026-2029_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL – PPA PARA O QUADRIÊNIO DE 2026-2029 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2198/pl_047-2025_-_altera_a_redacao_do_art._2o_na_lei_no_1.823_de_16_de_abril_de_2025_que_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_frutas_solo_.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2198/pl_047-2025_-_altera_a_redacao_do_art._2o_na_lei_no_1.823_de_16_de_abril_de_2025_que_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_frutas_solo_.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2º na Lei nº 1.823 de 16 de abril de 2025 que dispõe sobre doação, com encargo, de terreno localizado no condomínio empresarial de Barra Seca à FRUTAS SOLO AGROINDUSTRIA LTDA e dá outras providências</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2200/pl_048_-_2025_-__rota_do_cafe.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2200/pl_048_-_2025_-__rota_do_cafe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DAS ROTAS TURÍSTICAS NO MUNICÍPIO DE JAGUARÉ-ES, INSTITUI OFICIALMENTE A ROTA DO CAFÉ CONILON DE JAGUARÉ-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_049-2025_corrigido.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_049-2025_corrigido.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 1.000, de 17 de abril de 2012, que dispõe sobre a Política Pública de Atendimento aos Direitos da Criança e do Adolescente, do Conselho Municipal de Direitos da Criança e do Adolescente, do Conselho Tutelar e do Fundo da Infância e Adolescência e dá outras providências.”</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2206/pl_050_-_2025_-_doacao_terreno_empresa_granutec.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2206/pl_050_-_2025_-_doacao_terreno_empresa_granutec.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À GRANUTEC AGROSCIENCE LTDA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2207/pl_051-2025_-__amigos_do_pelo.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2207/pl_051-2025_-__amigos_do_pelo.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo Municipal a abrir crédito especial para firmar Termo de Fomento com a Associação de Voluntários Amigos do Pelo de Jaguaré/ES, referente ao ano de 2025”.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_052-2025_-_termo_de_colaboracao_com_a_pestalozzi.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_052-2025_-_termo_de_colaboracao_com_a_pestalozzi.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO PESTALOZZI DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_053-2025_-_alteracao_lei_condominio_empresarial.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_053-2025_-_alteracao_lei_condominio_empresarial.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei Complementar nº 1.102, de 21 de outubro de 2013, para substituir a denominação “Condomínio Empresarial de Barra Seca” por “Polo Industrial de Jaguaré- ES” e dá outras providências.”</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_054-2025_-_institui_concurso_a_voz_de_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_054-2025_-_institui_concurso_a_voz_de_jaguare.pdf</t>
   </si>
   <si>
     <t>“Institui o Concurso de Calouros “A Voz de Jaguaré” no calendário oficial de eventos culturais do Município de Jaguaré e dá outras providências.”</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_lei_executivo_no_056.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_lei_executivo_no_056.2025.pdf</t>
   </si>
   <si>
     <t>“CRIA CARGO PÚBLICO, ALTERA A LEI Nº 682, DE 15 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2235/projeto_de_lei_executivo_no_057.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2235/projeto_de_lei_executivo_no_057.2025.pdf</t>
   </si>
   <si>
     <t>"PRORROGA O PLANO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE JAGUARÉ/ES, APROVADO PELA LEI MUNICIPAL Nº 1.255, DE 2 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2236/projeto_de_lei_executivo_no_058.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2236/projeto_de_lei_executivo_no_058.2025.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA CUSTEAR DESPESAS COM OUTROS SERVIÇOS DE TERCEIROS – PESSOA JURÍDICA, NO ÂMBITO DA SECRETARIA MUNICIPAL DE AGRICULTURA DE JAGUARÉ - ES."</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_executivo_no_059.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_executivo_no_059.2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 1.663, DE 09 DE MARÇO DE 2023, PARA INCLUIR O AGROTURISMO COMO ATIVIDADE BENEFICIÁRIA DA POLÍTICA DE APOIO AO DESENVOLVIMENTO ECONÔMICO NO MUNICÍPIO DE JAGUARÉ/ES.”</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_executivo_no_060.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_executivo_no_060.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO POLO INDUSTRIAL DE JAGUARÉ-ES À NG PREMOLDADOS LTDA E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_executivo_no_061.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_executivo_no_061.2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DE DIVERSIDADE SEXUAL E DE GÊNERO NO _x000D_
 MUNICÍPIO DE JAGUARÉ/ES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_executivo_no_062.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_executivo_no_062.2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A POLÍTICA MUNICIPAL DE DISPENSAÇÃO E FORNECIMENTO DE FRALDAS DESCARTÁVEIS AOS_x000D_
 MUNÍCIPES BENEFICIÁRIOS DO SISTEMA ÚNICO DE SAÚDE NO MUNICÍPIO DE JAGUARÉ/ES, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2249/pl_063-2025_ldo_2025_3.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2249/pl_063-2025_ldo_2025_3.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO), PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_executivo_no_064.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_executivo_no_064.2025.pdf</t>
   </si>
   <si>
     <t>“INCLUI DISPOSITIVOS NA LEI Nº 1.397, DE 01 DE JANEIRO DE 2018, QUE DISPÕE SOBRE A DESCONCENTRAÇÃO ADMINISTRATIVA PARCIAL DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL DE JAGUARÉ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_executivo_no_065.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_executivo_no_065.2025.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 1.744, de 23 de abril de 2024, que institui o Plano Diretor Municipal (PDM), e dá outras providências.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2252/pl_066-2025_-_doacaoavicola.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2252/pl_066-2025_-_doacaoavicola.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO CONDOMÍNIO EMPRESARIAL DE BARRA SECA À AVICOLA AGROCAPIXABA S.A E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2265/pl_067-2025_-_complan_-_alteracao_pdm_-_2025_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2265/pl_067-2025_-_complan_-_alteracao_pdm_-_2025_ass.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 1.744, de 23 de abril de 2024, que institui o Plano Diretor Municipal (PDM), e dá outras providências."</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2266/pl_0681.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2266/pl_0681.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de cargos de provimento em comissão na Estrutura Administrativa do Município de Jaguaré, altera vencimentos, quantitativos e dá outras providências.”</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2267/pl_069-2025_-_doar_terreno_e_imovel_ao_estado_do_esprito_santo_1_pelotao_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2267/pl_069-2025_-_doar_terreno_e_imovel_ao_estado_do_esprito_santo_1_pelotao_ass.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO E IMÓVEL AO ESTADO DO ESPÍRITO SANTO, DESTINADO A ABRIGAR O 1º _x000D_
 PELOTÃO, O PELOTÃO DE FORÇA TÁTICA, A SUBSEÇÃO DE TRÂNSITO E O GRUPAMENTO DA PATRULHA RURAL DA 18ª COMPANHIA INDEPENDENTE _x000D_
 DA POLÍCIA MILITAR, NO MUNICÍPIO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2268/pl_070-2025_-_altera_lei_788_-_fundo_municipal_de_habitacao_de_interesse_social__fmhis_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2268/pl_070-2025_-_altera_lei_788_-_fundo_municipal_de_habitacao_de_interesse_social__fmhis_ass.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI Nº 788 DE 11 DE DEZEMBRO DE 2008, QUE CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL – FMHIS E INSTITUI O CONSELHO GESTOR DO FMHIS.”</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2277/pl_0711.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2277/pl_0711.pdf</t>
   </si>
   <si>
     <t>“Cria a Secretaria Municipal de Comunicação na Organização Administrativa do Município de Jaguaré, define sua estrutura administrativa e os quadros de cargos em comissão e dá outras providências.”</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2278/pl_072-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fecam__federacao_capixaba_de_motociclismo._ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2278/pl_072-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fecam__federacao_capixaba_de_motociclismo._ass.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A FECAM – FEDERAÇÃO CAPIXABA DE MOTOCICLISMO”.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2282/pl_073_-_2025_-_altera_a_redacao_do_art._14_da_lei_1.000_de_2012_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2282/pl_073_-_2025_-_altera_a_redacao_do_art._14_da_lei_1.000_de_2012_ass.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ART. 14 DA LEI Nº 1.000, DE 17 DE ABRIL DE 2012”.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2291/projeto_de_lei_executivo_no074.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2291/projeto_de_lei_executivo_no074.2025.pdf</t>
   </si>
   <si>
     <t>“REVERTE IMÓVEL DOADO AO PATRIMÔNIO PÚBLICO MUNICIPAL”</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2292/projeto_de_lei_executivo_no075.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2292/projeto_de_lei_executivo_no075.2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL DESTINADO ACONSTRUÇÃO DA PRAÇA DE LAZER DA COMUNIDADE DO GIRAL E DA OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2293/projeto_de_lei_executivo_no076.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2293/projeto_de_lei_executivo_no076.2025.pdf</t>
   </si>
   <si>
     <t>Revoga as leis 727/2007, 970/2011, 972/2011 e 1.388/2017.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_no_077_-_revisao_ppa.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_no_077_-_revisao_ppa.pdf</t>
   </si>
   <si>
     <t>“REVISÃO DO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE JAGUARÉ, PARA O PERÍODO DE 2026-2029, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_no_078_-_loa_2026.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_no_078_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>“ESTIMA RECEITAS E FIXA DESPESAS DO MUNICÍPIO DE JAGUARÉ-ES PARA O EXERCÍCIO FINANCEIRO DE 2026”</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_executivo_no_079.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_executivo_no_079.2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 918, de 16 de março de 2011, que dispõe sobre a criação dos cargos de Diretor Escolar, Coordenador de Turno e Coordenador de Projetos Educacionais”.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2297/pl_080-2025-_altera_a_lei_municipal_no_1.674_de_20_de_abril_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2297/pl_080-2025-_altera_a_lei_municipal_no_1.674_de_20_de_abril_ass.pdf</t>
   </si>
   <si>
     <t>“Altera a lei municipal nº 1.674 de 20 de abril de 2023, que dispõe sobre a criação de cargos.”</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2298/pl_081-2025_-_alvarenga_comercioimportacao_e_exportacao_ltda_as.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2298/pl_081-2025_-_alvarenga_comercioimportacao_e_exportacao_ltda_as.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO POLO INDUSTRIAL DE BARRA SECA À ALVARENGA COMERCIO, IMPORTAÇÃO E EXPORTAÇÃO DE CAFÉ LTDA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2307/projeto_de_lei_executivo_no_082.2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2307/projeto_de_lei_executivo_no_082.2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo Municipal a firmar Termo de Fomento com ADETUR – Agencia de Desenvolvimento Econômico, Social,  Proteção _x000D_
 Animal e de Empreendedorismo Turístico da Região do Verde e das Águas e a abrir crédito especial no orçamento da Secretaria de Turismo."</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_executivo_no_083.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_executivo_no_083.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTO E AMPLIA O NÚMERO DE VAGAS DAS CARREIRAS DE ARQUITETO E ENGENHEIRO CIVIL, ALTERANDO A LEI Nº 682, DE 15 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_do_executivo_no_084-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_do_executivo_no_084-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PAGAMENTO DE VALOR ADICIONAL AOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA E AUTÁRQUICA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_do_executivo_no_085-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_do_executivo_no_085-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS QUE ESPECIFICA DA LEI Nº 501, DE 19 DE MARÇO DE 2001, QUE DISPÕE SOBRE CONCESSÃO DE AUXÍLIO ALIMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2317/projeto_de_lei_do_executivo_no_086-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2317/projeto_de_lei_do_executivo_no_086-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PAGAMENTO DE ABONO AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA EM EFETIVO EXERCÍCIO, REMUNERADOS COM RECURSOS DOS 70% DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA (FUNDEB), NA REDE MUNICIPAL DE ENSINO DE JAGUARÉ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2318/projeto_de_lei_do_executivo_no_087-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2318/projeto_de_lei_do_executivo_no_087-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI ABONO AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE JAGUARÉ-ES NO MÊS DE DEZEMBRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_do_executivo_no_088-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_do_executivo_no_088-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO, COM ENCARGO, DE TERRENO LOCALIZADO NO POLO INDUSTRIAL DE BARRA SECA À METAL AÇO METALMECÂNICA LTDA _x000D_
 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2320/projeto_de_lei_do_executivo_no_089-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2320/projeto_de_lei_do_executivo_no_089-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 726, DE 2 DE OUTUBRO DE 2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE JAGUARÉ-ES, CRIA CARGOS EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2321/projeto_de_lei_do_executivo_no_090-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2321/projeto_de_lei_do_executivo_no_090-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de vencimento de cargos de provimento em comissão na Estrutura Administrativa do Município de Jaguaré e dá outras providências."</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2322/projeto_de_lei_do_executivo_no_091_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2322/projeto_de_lei_do_executivo_no_091_-_2025.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei Complementar nº 852, de 04 de novembro de 2009, que dispõe sobre a criação do Conselho Municipal de Direitos do Idoso, do Fundo Municipal de Direitos do Idoso e dá outras providências.”</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_do_executivo_no_092_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_do_executivo_no_092_-_2025.pdf</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2324/projeto_de_lei_do_executivo_no_093_-_2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2324/projeto_de_lei_do_executivo_no_093_-_2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONTRATAR PARCELAMENTO DE DÍVIDA COM A RECEITA FEDERAL DO BRASIL – MINISTÉRIO DA FAZENDA.”</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2330/pl_094-2025_-_termo_de_fomento_com_a_fundacao_zilda_sartori_altoe_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2330/pl_094-2025_-_termo_de_fomento_com_a_fundacao_zilda_sartori_altoe_ass.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo Municipal a abrir crédito especial para firmar Termo de Fomento com a Fundação Zilda Sartóri Altoé, e dá outras providências”</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2331/pl_095-2025_-_dispoe_sobre_o_recebimento_de_patrocinio_de_pessoas_juridicas_de_direito_privado_na_realizacao_de_eventos_de_interesse_publico_no_municipio_de_jaguare_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2331/pl_095-2025_-_dispoe_sobre_o_recebimento_de_patrocinio_de_pessoas_juridicas_de_direito_privado_na_realizacao_de_eventos_de_interesse_publico_no_municipio_de_jaguare_ass.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O RECEBIMENTO DE PATROCÍNIO DE PESSOAS JURÍDICAS DE DIREITO PRIVADO NA REALIZAÇÃO DE EVENTOS DE INTERESSE PÚBLICO _x000D_
 NO MUNICÍPIO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_096-2025_-_complan__alteracao_pdm_ass.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_096-2025_-_complan__alteracao_pdm_ass.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS E ANEXOS DA LEI MUNICIPAL Nº 1.744, DE 23 DE ABRIL DE 2024, QUE INSTITUI O PLANO DIRETOR MUNICIPAL – PDM, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_executivo_no097.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_executivo_no097.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 1258, DE 07 DE JULHO DE 2015, MODIFICANDO A DENOMINAÇÃO DO CARGO DE MONITOR ESCOLAR, ATUALIZANDO SEU QUANTITATIVO E INCLUINDO ATRIBUIÇÕES ESPECÍFICAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JAGUARÉ/ES.”</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_executivo_no098.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_executivo_no098.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI Nº 1.745, DE 23 DE ABRIL DE 2024, QUE INSTITUI O CÓDIGO DE EDIFICAÇÕES E OBRAS DO MUNICÍPIO DE JAGUARÉ/ES, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2337/projeto_executivo_no099.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2337/projeto_executivo_no099.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO DE JAGUARÉ/ES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2338/projeto_executivo_no_100.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2338/projeto_executivo_no_100.pdf</t>
   </si>
   <si>
     <t>"Altera o §1º do art. 1º da Lei Municipal nº 1.902, de 03 de dezembro de 2025, que dispõe sobre o pagamento de abono aos profissionais da educação _x000D_
 básica remunerados com recursos dos 70% do FUNDEB, e dá outras providências."</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_01-2025_-_claudio.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_01-2025_-_claudio.pdf</t>
   </si>
   <si>
     <t>Requer que esse Poder Executivo retome as tratativas junto ao município de São Mateus e com o Estado do Espírito Santo, se necessário, quanto à definição dos limites entre os municípios, sobretudo no entorno das comunidades do Córrego da Areia e do Assentamento 13 de Setembro.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2171/requerimento-02-2025.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2171/requerimento-02-2025.pdf</t>
   </si>
   <si>
     <t>Requerer ao Excelentíssimo Senhor Prefeito Municipal Marcos Guerra e à Secretária Municipal de Assistência Social em conjunto com a Secretaria Estadual da Mulher, a realização da Caravana das Margaridas em nosso município.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_sessao_solene.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_sessao_solene.pdf</t>
   </si>
   <si>
     <t>Requerimento visando à realização de Sessão Solene fora da sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>OTC</t>
   </si>
   <si>
     <t>OFICIO TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS DO ES - TCES</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_tc_440-2025_pres_cam_jaguare.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_tc_440-2025_pres_cam_jaguare.pdf</t>
   </si>
   <si>
     <t>Processo TC nº 6105/2023 – Parecer Prévio TC 003/2025 (Ref. Parecer Prévio TC 071/2024 – TC – 4970/2023)</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2279/despacho_prestacao_de_contas.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2279/despacho_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Anual– Exercício de 2023</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>INDP</t>
   </si>
   <si>
     <t>INDICACAO MESA</t>
   </si>
   <si>
-    <t>https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_39-2025_joao.pdf</t>
+    <t>http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_39-2025_joao.pdf</t>
   </si>
   <si>
     <t>I – Sejam adotadas providências urgentes quanto à prestação do serviço de transporte público intermunicipal entre Jaguaré e São Mateus, atualmente operado pela empresa Viação São Gabriel LTDA. Para:_x000D_
 1. Que o Poder Executivo oficie a AGERH (Agência de Regulação de Serviços Públicos do Espírito Santo), solicitando fiscalização técnica da frota e das rotas operadas pela empresa no município;_x000D_
 2. Que seja promovida reunião pública com representantes da empresa, da população usuária e do Ministério Público Estadual, a fim de buscar soluções emergenciais;_x000D_
 3. Que seja avaliada a viabilidade de abertura de concorrência pública para permitir a entrada de outras empresas, caso sejam constatadas falhas contratuais por parte da atual operadora.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2983,51 +2983,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2138/anteprojeto_de_lei_fia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2262/anteprojeto_no_02_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2263/anteprojeto_carmim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2276/anteprojeto_elizeu.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2306/anteprojeto_no005.2025_-_jean.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2284/emenda_aditiva_pll_34_4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2285/emenda_substitutiva_pll_34_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_-_01-2025_-_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_02-2025_amigos_de_fibra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_03-2025_-_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_04-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_-05-2025_-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_06-2025_elizeu_capela.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_07-2025_elizeu_eldorado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_08-2025_-_jean.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_09_2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_10-2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_11-_2025-penha_banheiros.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_12-2025-penha_unidade_saude.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_13-2025_luiz_carmo_dondoni.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_14-jean_fabio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_15_2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_16-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2144/indicacao_17_2025-valdecir.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_28-kranio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_19-joaovanes.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_20_v2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_22-rangelica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_23-2025_-_rangelica_-_calcamento_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacaocfj_-_24-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_-_25-2025_-_penha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_-_26-2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_-_27-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao-282025-valdecir.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_-_29-2025_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_30-2025_-_dunga.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_rangelica_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_32_kranio.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_033-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_34-2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_35-2025_elizeu_novos_abrigos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_36-2025_elizeu_onibus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_37-2025_joao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_38-2025_joao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_39-2025_carmin.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_no_040_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_041_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_042_-_penha_bettim.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_joao_vanes_no_43.2025_-_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_44.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_joao_vanes_e_elizeu_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no46.2025_kranio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_47.2025_-_penha_bettim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_48.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no49__elizeu_correto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_50_carmim_correto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_no_51.2025_joao_vanes_quadra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_52.2025_agromais_kranio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_53ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_054_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_54_-_jean.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao__joao_vanes_lista_de_beneficiarios.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_no057.2025_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_no058.2025_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2302/inndicacao_no_059.2025_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2304/indicacao_no_060.2025_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_no_061_-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_no_062_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_no_063_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_062_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2164/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2176/livia_moreto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2177/mocao_-3-2025_-_josias_de_oliveira_dias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_de_aplausos_emilly.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2260/mocao_de_aplausos_rangelica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2269/mocao_no_006_ricardo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_007_dunga.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_008.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_no_009_time_camisinha_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_no_010_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_no_011_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2328/voto_de_aplausos_no_12.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2333/mocao_joao_vanes_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2334/mocao_joao_vanes_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2148/2022_-_projeto__decreto-contas_2022_marcos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2221/projeto_de_decreto_002.2025_-titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_decreto_no_03_medalha.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_decreto_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_decreto_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_decreto_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_decreto_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_001-2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_002-2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_de_lei_004-2025_alterado_procon.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_legislativo_no_5_de_2025_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_legislativo_no_6_de_2025_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_lei_legislativo-07-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_08-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_09-2025_estrutura_procon_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_10-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2201/projeto_de_lei-_11-2025_varios_nomes_de_ruas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_legislativo_no012.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2204/pl_claudio_13-2025_nome_da_unidade_de_saude_riviera.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2208/pl_claudio_14-2025_nome_da_unidade_de_caps.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_legislativo_no_15.2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_elizeu_16-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_no_17.2025_kranio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2226/projeto_legislativo_no18_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_lei_no_19.2025_correto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_legislativo_-_mesa_diretora_20-2025_plano_de_cargos_e_carreiras_-_conferido_-01-09.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2231/pl_21-2025_ouvidoria_e_procuradoria_da_mulher_-_mesa_diretora_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_de_lei_no22.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_lei_legislativo_no23.2025_valdecir_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2246/projeto_de_lei_no025.2025_-_rangelica_e_dunga.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_no026_-_rangelica_e_dunga.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_27-2025-_licitacao_e_compras_2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_028.2025_joao_vanes_subsidio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2271/projeto_legislativo_no_029__-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2272/projeto_de_lei_legislativo_no_030_-__ricardo_.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2273/projeto_de_lei_no_031_-_reestruturacao..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2274/projeto_de_lei_no_032_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_legislativo_no_033.2025_-_carmim.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_legislativo_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_035-2025_-_kranio_internet.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_no_036.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2289/projeto_de_lei_no_037.2025_-_carmim.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2299/projeto_de_lei_legislativo_no038_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_legislativo_no_039__-_jean.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_resolucao_n_1-2025_regimeto_interno.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_resolucao_02.2025_medalha_de_honraria_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2097/pl_001_-_2025_que_altera_art_7_da_lc_1.102-2013_-_dispoe_sobre_autorizacao_para_criacao_do_condominio_empresarial_no_distrito_de_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2098/pl_002_-_2025__departamento_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2099/pl_003_-_2025_-_doacao_de_terreno_taki.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_004_-_2025_doacao_de_terreno_luck.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_005_-_2025_que_altera_art_99_da_lc_683-2006_-_2_1_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_006_-_2025_chefe_de_unidade_secretaria_de_assistencia_social_transportes_e_consultor_tecnico_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2103/pl_007-2025_que_altera_paragrafo_1_do_art_1_da_lei_501-2001_-_dispoe_sobre_concessao_de_auxilio-alimentacao_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2104/pl_008_-_2025__departamento_de_licitacoes_e_compras_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2105/pl_009-2025_dispoe_sobre_doacao_com_encargo_de_etrreno_localizado_no_condomio_empresarial_de_barra_seca_a_alpes_engenharia_eireli_e_da_outas_providencias.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_010-2025_dispoe_sobre_doacao_com_encargos_de_terreno_localizado_no_condomio_empresarial_de_barra_seca_a_mcn.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_011-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_012-2025_-_dispoe_sobre_a_desafetacao_da_rua_joao_dos_santos_e_de_remenbramento_de_quadras_do_loteamento_denominado_mata_atlantica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_013-2025_-_cria_o_conselho_municipal_de_desenvolvimento_rural_do_municipio_de_jaguare_-es.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_014-2025_-_dispoe_sobre_doacao_com_engargos_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_empresa_nutra_fertilizantes_ltda_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_015-2025_-_altera_art.13_da_lei_472__de_02_de_marco_de_2000_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_016-2025_-_aletra_anexo_unico_da_lei_671_de_17_de_outubro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_017-2025_-autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_para_custear_despesas_com_materiais_bens_ou_servicos_de_distribuicao_gratuita_pela_secretaria_municipa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_018-2025_-altera_dispositivos_da_lei_no_1.744_de_23_de_abril_de_2024_que_institui_o_plano_diretor_municipal_pdm_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_019-2025_-_altera_lei_diarias.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_020-2025_-_programa_de_qualidade_do_cafe_conilon_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_021-2025_-_altera_dispositivo_da_lei_n1700_de_04_de_setembro_de_2023_que_dispoe_sobre_a_regularizacoa_fundiaria_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2145/pl_022-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_de_abrir_credito_especial_para_custear_despesas_de_.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2146/pl_023-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_024-2025_-_altera_a_lei_1.608_de_08_de_abril_de_2022_que_dispoe_sobre_a_vigencia_e_prazo_de_encaminhamento_do_plano_plurianual_-_ppa_da_lei_de_diretrizes_orcamentarias_-_ldo_-_e_da_lei_orca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_025_-_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_026_-_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_027_-_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2152/pl_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2153/pl_029_-_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2154/pl_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2155/pl_031_-_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2156/pl_032_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_033_-_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2166/pl_036_-_2025_-_fomento_-_mepes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2167/pl_037_-_2025_fomento_-_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2168/pl_038_-_2025_termo_de_fomento.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2178/pl_039_-_2025_altera_lei_doacao1663-23.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2179/pl_040-_cria_cargo_na_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2180/pl_041-2025_cria_cargo_controladoria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_042-2025_reajuste_vencimentos_do_magisterio_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_043-2025_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_044_-_2025_saude_-_gratificacao_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2192/pl_045-2025_-_altera_art_1_da_lei_1.834.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2199/pl_046-2025_dispoe_sobre_o_plano_plurianual__ppa_para_o_quadrienio_de_2026-2029_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2198/pl_047-2025_-_altera_a_redacao_do_art._2o_na_lei_no_1.823_de_16_de_abril_de_2025_que_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_frutas_solo_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2200/pl_048_-_2025_-__rota_do_cafe.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_049-2025_corrigido.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2206/pl_050_-_2025_-_doacao_terreno_empresa_granutec.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2207/pl_051-2025_-__amigos_do_pelo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_052-2025_-_termo_de_colaboracao_com_a_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_053-2025_-_alteracao_lei_condominio_empresarial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_054-2025_-_institui_concurso_a_voz_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_lei_executivo_no_056.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2235/projeto_de_lei_executivo_no_057.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2236/projeto_de_lei_executivo_no_058.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_executivo_no_059.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_executivo_no_060.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_executivo_no_061.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_executivo_no_062.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2249/pl_063-2025_ldo_2025_3.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_executivo_no_064.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_executivo_no_065.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2252/pl_066-2025_-_doacaoavicola.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2265/pl_067-2025_-_complan_-_alteracao_pdm_-_2025_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2266/pl_0681.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2267/pl_069-2025_-_doar_terreno_e_imovel_ao_estado_do_esprito_santo_1_pelotao_ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2268/pl_070-2025_-_altera_lei_788_-_fundo_municipal_de_habitacao_de_interesse_social__fmhis_ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2277/pl_0711.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2278/pl_072-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fecam__federacao_capixaba_de_motociclismo._ass.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2282/pl_073_-_2025_-_altera_a_redacao_do_art._14_da_lei_1.000_de_2012_ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2291/projeto_de_lei_executivo_no074.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2292/projeto_de_lei_executivo_no075.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2293/projeto_de_lei_executivo_no076.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_no_077_-_revisao_ppa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_no_078_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_executivo_no_079.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2297/pl_080-2025-_altera_a_lei_municipal_no_1.674_de_20_de_abril_ass.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2298/pl_081-2025_-_alvarenga_comercioimportacao_e_exportacao_ltda_as.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2307/projeto_de_lei_executivo_no_082.2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_executivo_no_083.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_do_executivo_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_do_executivo_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2317/projeto_de_lei_do_executivo_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2318/projeto_de_lei_do_executivo_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_do_executivo_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2320/projeto_de_lei_do_executivo_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2321/projeto_de_lei_do_executivo_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2322/projeto_de_lei_do_executivo_no_091_-_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_do_executivo_no_092_-_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2324/projeto_de_lei_do_executivo_no_093_-_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2330/pl_094-2025_-_termo_de_fomento_com_a_fundacao_zilda_sartori_altoe_ass.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2331/pl_095-2025_-_dispoe_sobre_o_recebimento_de_patrocinio_de_pessoas_juridicas_de_direito_privado_na_realizacao_de_eventos_de_interesse_publico_no_municipio_de_jaguare_ass.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_096-2025_-_complan__alteracao_pdm_ass.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_executivo_no097.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_executivo_no098.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2337/projeto_executivo_no099.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2338/projeto_executivo_no_100.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_01-2025_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2171/requerimento-02-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_tc_440-2025_pres_cam_jaguare.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2279/despacho_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_39-2025_joao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2138/anteprojeto_de_lei_fia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2262/anteprojeto_no_02_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2263/anteprojeto_carmim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2276/anteprojeto_elizeu.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2306/anteprojeto_no005.2025_-_jean.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2284/emenda_aditiva_pll_34_4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2285/emenda_substitutiva_pll_34_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_-_01-2025_-_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_02-2025_amigos_de_fibra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_03-2025_-_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_04-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_-05-2025_-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_06-2025_elizeu_capela.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_07-2025_elizeu_eldorado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_08-2025_-_jean.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_09_2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_10-2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2132/indicacao_11-_2025-penha_banheiros.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2133/indicacao_12-2025-penha_unidade_saude.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2137/indicacao_13-2025_luiz_carmo_dondoni.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2139/indicacao_14-jean_fabio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2143/indicacao_15_2025-kranio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_16-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2144/indicacao_17_2025-valdecir.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_28-kranio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_19-joaovanes.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_20_v2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_22-rangelica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_23-2025_-_rangelica_-_calcamento_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacaocfj_-_24-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_-_25-2025_-_penha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2173/indicacao_-_26-2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_-_27-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao-282025-valdecir.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_-_29-2025_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_30-2025_-_dunga.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_rangelica_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_32_kranio.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_033-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2194/indicacao_34-2025_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_35-2025_elizeu_novos_abrigos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_36-2025_elizeu_onibus.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_37-2025_joao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_38-2025_joao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_39-2025_carmin.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_no_040_-_valdecir.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_041_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_042_-_penha_bettim.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_joao_vanes_no_43.2025_-_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_44.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_joao_vanes_e_elizeu_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no46.2025_kranio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_47.2025_-_penha_bettim.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_48.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no49__elizeu_correto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_50_carmim_correto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2256/indicacao_no_51.2025_joao_vanes_quadra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_52.2025_agromais_kranio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_53ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_054_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_54_-_jean.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao__joao_vanes_lista_de_beneficiarios.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2300/indicacao_no057.2025_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_no058.2025_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2302/inndicacao_no_059.2025_-_ricardo_barros.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2304/indicacao_no_060.2025_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2305/indicacao_no_061_-_preto_queiroz.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2309/indicacao_no_062_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2314/indicacao_no_063_-_kranio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_062_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2164/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2176/livia_moreto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2177/mocao_-3-2025_-_josias_de_oliveira_dias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2227/mocao_de_aplausos_emilly.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2260/mocao_de_aplausos_rangelica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2269/mocao_no_006_ricardo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_007_dunga.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_008.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_no_009_time_camisinha_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2326/mocao_no_010_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2327/mocao_no_011_-_joao_vanes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2328/voto_de_aplausos_no_12.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2333/mocao_joao_vanes_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2334/mocao_joao_vanes_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2148/2022_-_projeto__decreto-contas_2022_marcos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2221/projeto_de_decreto_002.2025_-titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_decreto_no_03_medalha.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_decreto_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2310/projeto_de_decreto_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2311/projeto_de_decreto_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_decreto_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_001-2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_002-2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_003-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_de_lei_004-2025_alterado_procon.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2135/projeto_de_lei_legislativo_no_5_de_2025_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_de_lei_legislativo_no_6_de_2025_-_rangelica.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_lei_legislativo-07-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2175/projeto_de_lei_08-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_09-2025_estrutura_procon_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_10-2025_penha.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2201/projeto_de_lei-_11-2025_varios_nomes_de_ruas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_legislativo_no012.2025_elizeu_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2204/pl_claudio_13-2025_nome_da_unidade_de_saude_riviera.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2208/pl_claudio_14-2025_nome_da_unidade_de_caps.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_legislativo_no_15.2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2214/projeto_de_lei_elizeu_16-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_no_17.2025_kranio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2226/projeto_legislativo_no18_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2228/projeto_de_lei_no_19.2025_correto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_lei_legislativo_-_mesa_diretora_20-2025_plano_de_cargos_e_carreiras_-_conferido_-01-09.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2231/pl_21-2025_ouvidoria_e_procuradoria_da_mulher_-_mesa_diretora_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2232/projeto_de_lei_no22.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_lei_legislativo_no23.2025_valdecir_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_lei_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2246/projeto_de_lei_no025.2025_-_rangelica_e_dunga.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_no026_-_rangelica_e_dunga.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_27-2025-_licitacao_e_compras_2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_028.2025_joao_vanes_subsidio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2271/projeto_legislativo_no_029__-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2272/projeto_de_lei_legislativo_no_030_-__ricardo_.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2273/projeto_de_lei_no_031_-_reestruturacao..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2274/projeto_de_lei_no_032_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_legislativo_no_033.2025_-_carmim.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_legislativo_no_034.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_035-2025_-_kranio_internet.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_no_036.2025_-_elizeu.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2289/projeto_de_lei_no_037.2025_-_carmim.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2299/projeto_de_lei_legislativo_no038_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_legislativo_no_039__-_jean.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_resolucao_n_1-2025_regimeto_interno.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2229/projeto_de_resolucao_02.2025_medalha_de_honraria_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2097/pl_001_-_2025_que_altera_art_7_da_lc_1.102-2013_-_dispoe_sobre_autorizacao_para_criacao_do_condominio_empresarial_no_distrito_de_barra_seca.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2098/pl_002_-_2025__departamento_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2099/pl_003_-_2025_-_doacao_de_terreno_taki.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_004_-_2025_doacao_de_terreno_luck.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_005_-_2025_que_altera_art_99_da_lc_683-2006_-_2_1_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_006_-_2025_chefe_de_unidade_secretaria_de_assistencia_social_transportes_e_consultor_tecnico_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2103/pl_007-2025_que_altera_paragrafo_1_do_art_1_da_lei_501-2001_-_dispoe_sobre_concessao_de_auxilio-alimentacao_-_reajuste.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2104/pl_008_-_2025__departamento_de_licitacoes_e_compras_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2105/pl_009-2025_dispoe_sobre_doacao_com_encargo_de_etrreno_localizado_no_condomio_empresarial_de_barra_seca_a_alpes_engenharia_eireli_e_da_outas_providencias.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_010-2025_dispoe_sobre_doacao_com_encargos_de_terreno_localizado_no_condomio_empresarial_de_barra_seca_a_mcn.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2107/pl_011-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2119/pl_012-2025_-_dispoe_sobre_a_desafetacao_da_rua_joao_dos_santos_e_de_remenbramento_de_quadras_do_loteamento_denominado_mata_atlantica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2120/pl_013-2025_-_cria_o_conselho_municipal_de_desenvolvimento_rural_do_municipio_de_jaguare_-es.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2121/pl_014-2025_-_dispoe_sobre_doacao_com_engargos_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_empresa_nutra_fertilizantes_ltda_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2122/pl_015-2025_-_altera_art.13_da_lei_472__de_02_de_marco_de_2000_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2123/pl_016-2025_-_aletra_anexo_unico_da_lei_671_de_17_de_outubro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2124/pl_017-2025_-autoriza_o_chefe_do_poder_executivo_municipal_a_abrir_credito_especial_para_custear_despesas_com_materiais_bens_ou_servicos_de_distribuicao_gratuita_pela_secretaria_municipa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2125/pl_018-2025_-altera_dispositivos_da_lei_no_1.744_de_23_de_abril_de_2024_que_institui_o_plano_diretor_municipal_pdm_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_019-2025_-_altera_lei_diarias.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_020-2025_-_programa_de_qualidade_do_cafe_conilon_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_021-2025_-_altera_dispositivo_da_lei_n1700_de_04_de_setembro_de_2023_que_dispoe_sobre_a_regularizacoa_fundiaria_no_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2145/pl_022-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_de_abrir_credito_especial_para_custear_despesas_de_.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2146/pl_023-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_024-2025_-_altera_a_lei_1.608_de_08_de_abril_de_2022_que_dispoe_sobre_a_vigencia_e_prazo_de_encaminhamento_do_plano_plurianual_-_ppa_da_lei_de_diretrizes_orcamentarias_-_ldo_-_e_da_lei_orca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_025_-_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_026_-_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_027_-_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2152/pl_028_-_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2153/pl_029_-_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2154/pl_030_-_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2155/pl_031_-_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2156/pl_032_-_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_033_-_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_034_-_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_035_-_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2166/pl_036_-_2025_-_fomento_-_mepes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2167/pl_037_-_2025_fomento_-_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2168/pl_038_-_2025_termo_de_fomento.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2178/pl_039_-_2025_altera_lei_doacao1663-23.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2179/pl_040-_cria_cargo_na_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2180/pl_041-2025_cria_cargo_controladoria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_042-2025_reajuste_vencimentos_do_magisterio_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_043-2025_criacao_dos_cargos_de_diretor_escolar_coordenador_de_turno_e_coordenador_de_projetos_educacionais.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_044_-_2025_saude_-_gratificacao_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2192/pl_045-2025_-_altera_art_1_da_lei_1.834.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2199/pl_046-2025_dispoe_sobre_o_plano_plurianual__ppa_para_o_quadrienio_de_2026-2029_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2198/pl_047-2025_-_altera_a_redacao_do_art._2o_na_lei_no_1.823_de_16_de_abril_de_2025_que_dispoe_sobre_doacao_com_encargo_de_terreno_localizado_no_condominio_empresarial_de_barra_seca_a_frutas_solo_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2200/pl_048_-_2025_-__rota_do_cafe.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_049-2025_corrigido.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2206/pl_050_-_2025_-_doacao_terreno_empresa_granutec.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2207/pl_051-2025_-__amigos_do_pelo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_052-2025_-_termo_de_colaboracao_com_a_pestalozzi.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2212/pl_053-2025_-_alteracao_lei_condominio_empresarial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2213/pl_054-2025_-_institui_concurso_a_voz_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_lei_executivo_no_056.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2235/projeto_de_lei_executivo_no_057.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2236/projeto_de_lei_executivo_no_058.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2237/projeto_de_lei_executivo_no_059.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei_executivo_no_060.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei_executivo_no_061.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei_executivo_no_062.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2249/pl_063-2025_ldo_2025_3.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_executivo_no_064.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_executivo_no_065.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2252/pl_066-2025_-_doacaoavicola.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2265/pl_067-2025_-_complan_-_alteracao_pdm_-_2025_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2266/pl_0681.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2267/pl_069-2025_-_doar_terreno_e_imovel_ao_estado_do_esprito_santo_1_pelotao_ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2268/pl_070-2025_-_altera_lei_788_-_fundo_municipal_de_habitacao_de_interesse_social__fmhis_ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2277/pl_0711.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2278/pl_072-2025_-_autoriza_o_chefe_do_poder_executivo_municipal_a_firmar_termo_de_fomento_com_a_fecam__federacao_capixaba_de_motociclismo._ass.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2282/pl_073_-_2025_-_altera_a_redacao_do_art._14_da_lei_1.000_de_2012_ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2291/projeto_de_lei_executivo_no074.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2292/projeto_de_lei_executivo_no075.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2293/projeto_de_lei_executivo_no076.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2294/projeto_de_lei_no_077_-_revisao_ppa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_no_078_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_executivo_no_079.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2297/pl_080-2025-_altera_a_lei_municipal_no_1.674_de_20_de_abril_ass.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2298/pl_081-2025_-_alvarenga_comercioimportacao_e_exportacao_ltda_as.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2307/projeto_de_lei_executivo_no_082.2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2308/projeto_de_lei_executivo_no_083.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_do_executivo_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_do_executivo_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2317/projeto_de_lei_do_executivo_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2318/projeto_de_lei_do_executivo_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2319/projeto_de_lei_do_executivo_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2320/projeto_de_lei_do_executivo_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2321/projeto_de_lei_do_executivo_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2322/projeto_de_lei_do_executivo_no_091_-_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_do_executivo_no_092_-_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2324/projeto_de_lei_do_executivo_no_093_-_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2330/pl_094-2025_-_termo_de_fomento_com_a_fundacao_zilda_sartori_altoe_ass.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2331/pl_095-2025_-_dispoe_sobre_o_recebimento_de_patrocinio_de_pessoas_juridicas_de_direito_privado_na_realizacao_de_eventos_de_interesse_publico_no_municipio_de_jaguare_ass.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_096-2025_-_complan__alteracao_pdm_ass.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_executivo_no097.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_executivo_no098.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2337/projeto_executivo_no099.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2338/projeto_executivo_no_100.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_01-2025_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2171/requerimento-02-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2218/requerimento_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_tc_440-2025_pres_cam_jaguare.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2279/despacho_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaguare.es.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_39-2025_joao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -3565,181 +3565,181 @@
       </c>
       <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H21" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>100</v>
       </c>
       <c r="D22" t="s">
         <v>48</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>80</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
+        <v>113</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>48</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>80</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H26" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H27" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>125</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>126</v>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>49</v>
       </c>
       <c r="F28" t="s">
@@ -3877,51 +3877,51 @@
       </c>
       <c r="G33" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H33" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>152</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>153</v>
       </c>
       <c r="D34" t="s">
         <v>48</v>
       </c>
       <c r="E34" t="s">
         <v>49</v>
       </c>
       <c r="F34" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H34" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>156</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>157</v>
       </c>
       <c r="D35" t="s">
         <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35" t="s">
@@ -3929,77 +3929,77 @@
       </c>
       <c r="G35" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H35" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>160</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>161</v>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>162</v>
       </c>
       <c r="H36" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>164</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>165</v>
       </c>
       <c r="D37" t="s">
         <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>166</v>
       </c>
       <c r="H37" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>168</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>169</v>
       </c>
       <c r="D38" t="s">
         <v>48</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38" t="s">
@@ -4085,51 +4085,51 @@
       </c>
       <c r="G41" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H41" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>185</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>186</v>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>49</v>
       </c>
       <c r="F42" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>187</v>
       </c>
       <c r="H42" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>189</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>190</v>
       </c>
       <c r="D43" t="s">
         <v>48</v>
       </c>
       <c r="E43" t="s">
         <v>49</v>
       </c>
       <c r="F43" t="s">
@@ -4163,77 +4163,77 @@
       </c>
       <c r="G44" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H44" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>197</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>198</v>
       </c>
       <c r="D45" t="s">
         <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>49</v>
       </c>
       <c r="F45" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>199</v>
       </c>
       <c r="H45" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>201</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>202</v>
       </c>
       <c r="D46" t="s">
         <v>48</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H46" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>205</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>206</v>
       </c>
       <c r="D47" t="s">
         <v>48</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47" t="s">
@@ -4241,51 +4241,51 @@
       </c>
       <c r="G47" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H47" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>209</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>210</v>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>49</v>
       </c>
       <c r="F48" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H48" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>213</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>214</v>
       </c>
       <c r="D49" t="s">
         <v>48</v>
       </c>
       <c r="E49" t="s">
         <v>49</v>
       </c>
       <c r="F49" t="s">
@@ -4319,51 +4319,51 @@
       </c>
       <c r="G50" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H50" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>221</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>222</v>
       </c>
       <c r="D51" t="s">
         <v>48</v>
       </c>
       <c r="E51" t="s">
         <v>49</v>
       </c>
       <c r="F51" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H51" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>225</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>226</v>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>49</v>
       </c>
       <c r="F52" t="s">
@@ -4527,51 +4527,51 @@
       </c>
       <c r="G58" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H58" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>254</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>255</v>
       </c>
       <c r="D59" t="s">
         <v>48</v>
       </c>
       <c r="E59" t="s">
         <v>49</v>
       </c>
       <c r="F59" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>256</v>
       </c>
       <c r="H59" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>258</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>259</v>
       </c>
       <c r="D60" t="s">
         <v>48</v>
       </c>
       <c r="E60" t="s">
         <v>49</v>
       </c>
       <c r="F60" t="s">
@@ -4657,77 +4657,77 @@
       </c>
       <c r="G63" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H63" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>274</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>275</v>
       </c>
       <c r="D64" t="s">
         <v>48</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H64" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>278</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>279</v>
       </c>
       <c r="D65" t="s">
         <v>48</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H65" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>282</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>283</v>
       </c>
       <c r="D66" t="s">
         <v>48</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66" t="s">
@@ -4813,51 +4813,51 @@
       </c>
       <c r="G69" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H69" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>298</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>299</v>
       </c>
       <c r="D70" t="s">
         <v>48</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H70" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>302</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>303</v>
       </c>
       <c r="D71" t="s">
         <v>48</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71" t="s">
@@ -4865,51 +4865,51 @@
       </c>
       <c r="G71" s="1" t="s">
         <v>304</v>
       </c>
       <c r="H71" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>306</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>307</v>
       </c>
       <c r="D72" t="s">
         <v>48</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>308</v>
       </c>
       <c r="H72" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>310</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
         <v>311</v>
       </c>
       <c r="E73" t="s">
         <v>312</v>
       </c>
       <c r="F73" t="s">
@@ -4917,77 +4917,77 @@
       </c>
       <c r="G73" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H73" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>315</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>17</v>
       </c>
       <c r="D74" t="s">
         <v>311</v>
       </c>
       <c r="E74" t="s">
         <v>312</v>
       </c>
       <c r="F74" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H74" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>318</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>22</v>
       </c>
       <c r="D75" t="s">
         <v>311</v>
       </c>
       <c r="E75" t="s">
         <v>312</v>
       </c>
       <c r="F75" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H75" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>321</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>27</v>
       </c>
       <c r="D76" t="s">
         <v>311</v>
       </c>
       <c r="E76" t="s">
         <v>312</v>
       </c>
       <c r="F76" t="s">
@@ -5125,51 +5125,51 @@
       </c>
       <c r="G81" s="1" t="s">
         <v>338</v>
       </c>
       <c r="H81" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>340</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>84</v>
       </c>
       <c r="D82" t="s">
         <v>311</v>
       </c>
       <c r="E82" t="s">
         <v>312</v>
       </c>
       <c r="F82" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H82" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>343</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>88</v>
       </c>
       <c r="D83" t="s">
         <v>311</v>
       </c>
       <c r="E83" t="s">
         <v>312</v>
       </c>
       <c r="F83" t="s">
@@ -5203,77 +5203,77 @@
       </c>
       <c r="G84" s="1" t="s">
         <v>348</v>
       </c>
       <c r="H84" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>350</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>96</v>
       </c>
       <c r="D85" t="s">
         <v>311</v>
       </c>
       <c r="E85" t="s">
         <v>312</v>
       </c>
       <c r="F85" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H85" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>353</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>100</v>
       </c>
       <c r="D86" t="s">
         <v>311</v>
       </c>
       <c r="E86" t="s">
         <v>312</v>
       </c>
       <c r="F86" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>354</v>
       </c>
       <c r="H86" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>356</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>357</v>
       </c>
       <c r="E87" t="s">
         <v>358</v>
       </c>
       <c r="F87" t="s">
@@ -5775,172 +5775,172 @@
       </c>
       <c r="G106" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H106" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>420</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>100</v>
       </c>
       <c r="D107" t="s">
         <v>380</v>
       </c>
       <c r="E107" t="s">
         <v>381</v>
       </c>
       <c r="F107" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H107" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>423</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D108" t="s">
         <v>380</v>
       </c>
       <c r="E108" t="s">
         <v>381</v>
       </c>
       <c r="F108" t="s">
         <v>344</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H108" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>426</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D109" t="s">
         <v>380</v>
       </c>
       <c r="E109" t="s">
         <v>381</v>
       </c>
       <c r="F109" t="s">
         <v>28</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>427</v>
       </c>
       <c r="H109" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>429</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D110" t="s">
         <v>380</v>
       </c>
       <c r="E110" t="s">
         <v>381</v>
       </c>
       <c r="F110" t="s">
         <v>80</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>430</v>
       </c>
       <c r="H110" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>432</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D111" t="s">
         <v>380</v>
       </c>
       <c r="E111" t="s">
         <v>381</v>
       </c>
       <c r="F111" t="s">
         <v>344</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H111" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>435</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D112" t="s">
         <v>380</v>
       </c>
       <c r="E112" t="s">
         <v>381</v>
       </c>
       <c r="F112" t="s">
         <v>344</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H112" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>438</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
@@ -6009,51 +6009,51 @@
       </c>
       <c r="G115" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H115" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>447</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>140</v>
       </c>
       <c r="D116" t="s">
         <v>380</v>
       </c>
       <c r="E116" t="s">
         <v>381</v>
       </c>
       <c r="F116" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H116" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>450</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>144</v>
       </c>
       <c r="D117" t="s">
         <v>380</v>
       </c>
       <c r="E117" t="s">
         <v>381</v>
       </c>
       <c r="F117" t="s">
@@ -6858,155 +6858,155 @@
       </c>
       <c r="D148" t="s">
         <v>508</v>
       </c>
       <c r="E148" t="s">
         <v>509</v>
       </c>
       <c r="F148" t="s">
         <v>510</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H148" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>551</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D149" t="s">
         <v>508</v>
       </c>
       <c r="E149" t="s">
         <v>509</v>
       </c>
       <c r="F149" t="s">
         <v>510</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H149" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>554</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D150" t="s">
         <v>508</v>
       </c>
       <c r="E150" t="s">
         <v>509</v>
       </c>
       <c r="F150" t="s">
         <v>510</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>555</v>
       </c>
       <c r="H150" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>557</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D151" t="s">
         <v>508</v>
       </c>
       <c r="E151" t="s">
         <v>509</v>
       </c>
       <c r="F151" t="s">
         <v>510</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>558</v>
       </c>
       <c r="H151" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>560</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D152" t="s">
         <v>508</v>
       </c>
       <c r="E152" t="s">
         <v>509</v>
       </c>
       <c r="F152" t="s">
         <v>510</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H152" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>563</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D153" t="s">
         <v>508</v>
       </c>
       <c r="E153" t="s">
         <v>509</v>
       </c>
       <c r="F153" t="s">
         <v>510</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>564</v>
       </c>
       <c r="H153" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>566</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
@@ -9207,51 +9207,51 @@
       </c>
       <c r="G238" s="1" t="s">
         <v>855</v>
       </c>
       <c r="H238" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>857</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>206</v>
       </c>
       <c r="D239" t="s">
         <v>858</v>
       </c>
       <c r="E239" t="s">
         <v>859</v>
       </c>
       <c r="F239" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>860</v>
       </c>
       <c r="H239" t="s">
         <v>861</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>